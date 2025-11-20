--- v0 (2025-10-10)
+++ v1 (2025-11-20)
@@ -1,160 +1,261 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F4FAAC8" w14:textId="77777777" w:rsidR="00556634" w:rsidRPr="00556634" w:rsidRDefault="00556634" w:rsidP="00556634">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0084436E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">METROPOLITAN </w:t>
+      </w:r>
       <w:r w:rsidRPr="00556634">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">METROPOLITAN COUNCIL </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7ECB85F7" w14:textId="237340BD" w:rsidR="00C473FC" w:rsidRDefault="00910F51" w:rsidP="00C473FC">
+        <w:t xml:space="preserve">COUNCIL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECB85F7" w14:textId="2D27B957" w:rsidR="00C473FC" w:rsidRDefault="00837468" w:rsidP="00C473FC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00C473FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> PRIVATE PROPERTY INFLOW AND INFILTRATION</w:t>
       </w:r>
       <w:r w:rsidR="00696362">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (I/I)</w:t>
       </w:r>
       <w:r w:rsidR="00C473FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E579518" w14:textId="79B2FD26" w:rsidR="001E2A4E" w:rsidRPr="00556634" w:rsidRDefault="00C473FC" w:rsidP="00C473FC">
+    <w:p w14:paraId="6E579518" w14:textId="41A8A412" w:rsidR="001E2A4E" w:rsidRPr="00556634" w:rsidRDefault="00C473FC" w:rsidP="00C473FC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>GRANT</w:t>
       </w:r>
       <w:r w:rsidR="00556634">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> AGREEMENT NO. </w:t>
       </w:r>
+      <w:r w:rsidR="00E90B85">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E90B85">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD "SG_" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E90B85">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00837468">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>«SG_»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B85">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="30FF9CC6" w14:textId="77777777" w:rsidR="00556634" w:rsidRDefault="00556634" w:rsidP="00556634">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="592E36DD" w14:textId="55B480A3" w:rsidR="00556634" w:rsidRDefault="00556634" w:rsidP="000C7FB5">
+    <w:p w14:paraId="592E36DD" w14:textId="1A661E3A" w:rsidR="00556634" w:rsidRDefault="00556634" w:rsidP="000C7FB5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
+      <w:r w:rsidR="007304ED">
+        <w:t xml:space="preserve">Metropolitan </w:t>
+      </w:r>
       <w:r w:rsidR="00C473FC">
-        <w:t>Council (MCES) Funded</w:t>
+        <w:t xml:space="preserve">Council </w:t>
+      </w:r>
+      <w:r w:rsidR="007304ED">
+        <w:t xml:space="preserve">Environmental Services </w:t>
+      </w:r>
+      <w:r w:rsidR="00C473FC">
+        <w:t>(ES) Funded</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Grant Agreement ("Grant Agreement") is entered into </w:t>
       </w:r>
       <w:r w:rsidRPr="006508B3">
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidR="00A50D71" w:rsidRPr="00143CB8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[date of signature by both parties]</w:t>
       </w:r>
       <w:r w:rsidRPr="00143CB8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006508B3">
-        <w:t>between the Metropolitan Council, a public corporation and political subdivision of the State of Minnesota ("Met Council") and the City o</w:t>
+        <w:t xml:space="preserve">between the Metropolitan Council, a public corporation and political subdivision of the State of Minnesota ("Met Council") and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E90B85">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>City o</w:t>
+      </w:r>
+      <w:r w:rsidR="00910F51" w:rsidRPr="00E90B85">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00910F51">
-        <w:t>f ______________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B85" w:rsidRPr="00E90B85">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E90B85" w:rsidRPr="00E90B85">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD "Community" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E90B85" w:rsidRPr="00E90B85">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00837468">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>«Community»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B85" w:rsidRPr="00E90B85">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E27428">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CD599F" w:rsidRPr="00E27428">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006508B3">
         <w:t>a municipal corporation ("Grantee").</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="117B59D3" w14:textId="77777777" w:rsidR="004131ED" w:rsidRDefault="004131ED" w:rsidP="00556634">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CFB9B71" w14:textId="4431B404" w:rsidR="00556634" w:rsidRPr="00556634" w:rsidRDefault="00556634" w:rsidP="00556634">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -165,60 +266,66 @@
         </w:rPr>
         <w:t>RECITALS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01539303" w14:textId="31E6802D" w:rsidR="00C9532E" w:rsidRPr="00F9108E" w:rsidRDefault="00C9532E" w:rsidP="004131ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9108E">
         <w:t xml:space="preserve">In 2022, Minnesota Statutes 2020, section 471.342 was amended to authorize towns and political subdivisions to establish inflow and infiltration prevention programs and make loans or grants to property owners.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39401051" w14:textId="656225DE" w:rsidR="00C9532E" w:rsidRPr="00F9108E" w:rsidRDefault="00C9532E" w:rsidP="00C9532E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00F9108E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6893F96E" w14:textId="6351192F" w:rsidR="004131ED" w:rsidRPr="00F9108E" w:rsidRDefault="004131ED" w:rsidP="004131ED">
+    <w:p w14:paraId="6893F96E" w14:textId="0F332EF7" w:rsidR="004131ED" w:rsidRPr="00F9108E" w:rsidRDefault="004131ED" w:rsidP="004131ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9108E">
-        <w:t>The Metropolitan Council Environmental Services (MCES, Council) calculates the peak hourly flow discharge limit (I/I Goal) for each community connected to the metropolitan sanitary sewer disposal system. Wastewater flow that exceeds the respective I/I Goal is considered excessive flow. Communities that have a measured wastewater flow rate greater than 80 percent of the I/I Goal are eligible to apply for the Grant.</w:t>
+        <w:t>The Metropolitan Council Environmental Services (</w:t>
+      </w:r>
+      <w:r w:rsidR="007304ED">
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9108E">
+        <w:t>, Council) calculates the peak hourly flow discharge limit (I/I Goal) for each community connected to the metropolitan sanitary sewer disposal system. Wastewater flow that exceeds the respective I/I Goal is considered excessive flow. Communities that have a measured wastewater flow rate greater than 80 percent of the I/I Goal are eligible to apply for the Grant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CAB2C3" w14:textId="77777777" w:rsidR="004131ED" w:rsidRPr="00F9108E" w:rsidRDefault="004131ED" w:rsidP="004131ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A21D86F" w14:textId="58D05E55" w:rsidR="004131ED" w:rsidRDefault="00B5524B" w:rsidP="004131ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Council authorizes </w:t>
       </w:r>
       <w:r w:rsidR="004131ED">
         <w:t>its</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> staff to enter into a private property inflow and infiltration grant agreement with local municipalities </w:t>
       </w:r>
@@ -778,128 +885,114 @@
         </w:rPr>
         <w:t xml:space="preserve">and complete in a satisfactory manner the </w:t>
       </w:r>
       <w:r w:rsidR="000D363C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">program </w:t>
       </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>("</w:t>
       </w:r>
       <w:r w:rsidR="000D363C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grantee Program</w:t>
       </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">") which is described in Grantee's application to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">") which is described in Grantee's application to Met Council for assistance under the Met Council's </w:t>
+      </w:r>
+      <w:r w:rsidR="00696362">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Private Inflow and Infiltration</w:t>
+      </w:r>
+      <w:r w:rsidR="000D363C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grant program</w:t>
+      </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Met</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, which application is incorporated into this Grant Agreement as </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9532E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exhibit A (Grant Application)</w:t>
+      </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Council for assistance under the Met Council's </w:t>
-[...5 lines deleted...]
-        <w:t>Private Inflow and Infiltration</w:t>
+        <w:t>, and in accordance with the terms and conditions of this Grant Agreement.  Specifically, the Grantee agrees to perform the</w:t>
       </w:r>
       <w:r w:rsidR="000D363C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> grant program</w:t>
+        <w:t xml:space="preserve"> “Grant Program”</w:t>
       </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, which application is incorporated into this Grant Agreement as </w:t>
+        <w:t xml:space="preserve"> in accordance </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50D71">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">with a specific timeline, all as described in </w:t>
       </w:r>
       <w:r w:rsidR="00C9532E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Exhibit A (Grant Application)</w:t>
       </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, and in accordance with the terms and conditions of this Grant Agreement.  Specifically, the Grantee agrees to perform the</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">responsibilities described in </w:t>
+        <w:t xml:space="preserve"> and to undertake the financial responsibilities described in </w:t>
       </w:r>
       <w:r w:rsidR="00C9532E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Exhibit A (Grant Application)</w:t>
       </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to this Grant Agreement.  The Grantee has the responsibility for and obligation to complete the</w:t>
       </w:r>
       <w:r w:rsidR="000D363C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Grant Program”</w:t>
       </w:r>
       <w:r w:rsidR="00A50D71">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as described in </w:t>
@@ -2084,51 +2177,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Consideration and Payment</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5446F3" w14:textId="26364BD5" w:rsidR="00DA1D7F" w:rsidRDefault="000C2DEF" w:rsidP="0078068F">
+    <w:p w14:paraId="6C5446F3" w14:textId="7185AC20" w:rsidR="00DA1D7F" w:rsidRDefault="000C2DEF" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The Met Council will reimburse Grantee for eligible costs performed by the Grantee during the Grant Period </w:t>
       </w:r>
       <w:r w:rsidR="00E132AA">
         <w:rPr>
@@ -2165,51 +2258,100 @@
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> in the performance of the </w:t>
       </w:r>
       <w:r w:rsidR="00801ABD">
         <w:t>Grantee Program</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003278B2">
         <w:t xml:space="preserve">  The </w:t>
       </w:r>
       <w:r w:rsidR="00801ABD">
         <w:t xml:space="preserve">initial </w:t>
       </w:r>
       <w:r w:rsidR="003278B2">
         <w:t>Grant amount to Grantee under this Grant Agreement is</w:t>
       </w:r>
       <w:r w:rsidR="00446F39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090281C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0090281C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MERGEFIELD "Award_Text" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0090281C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00837468">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>«Award_Text»</w:t>
+      </w:r>
+      <w:r w:rsidR="0090281C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00446F39">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="003278B2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00801ABD">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7832BF4D" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="006B0750" w:rsidRDefault="000C2DEF" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="00DA1D7F">
         <w:rPr>
           <w:b/>
@@ -2342,51 +2484,59 @@
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t>the Met Council a Reimbursement Request/Progress Report and a</w:t>
       </w:r>
       <w:r w:rsidR="00295836">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> itemized invoice for all eligible services </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t>actually performed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> and the Met Council</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:t xml:space="preserve">s Authorized Representative </w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
-        <w:t>accepts the invoiced services.</w:t>
+        <w:t xml:space="preserve">accepts the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DA1D7F">
+        <w:t>invoiced</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DA1D7F">
+        <w:t xml:space="preserve"> services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF03921" w14:textId="77777777" w:rsidR="004175D2" w:rsidRDefault="000C2DEF" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DA1D7F" w:rsidRPr="006B0750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2756,65 +2906,89 @@
             <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="023FD608" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA46AE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66029851" w14:textId="5032F286" w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w:rsidRDefault="00696362" w:rsidP="00DA1D7F">
+          <w:p w14:paraId="66029851" w14:textId="26961D28" w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w:rsidRDefault="007304ED" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Financial Analyst, MCES Pretreatment &amp; Finance</w:t>
+              <w:t xml:space="preserve">Principal </w:t>
+            </w:r>
+            <w:r w:rsidR="00696362">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Analyst, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ES</w:t>
+            </w:r>
+            <w:r w:rsidR="00696362">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Finance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w14:paraId="4756360B" w14:textId="77777777" w:rsidTr="00DA1D7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1619766E" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA46AE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mailing Address:</w:t>
@@ -2938,51 +3112,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA46AE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E-Mail Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E0E56F9" w14:textId="754A80BB" w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w:rsidRDefault="00696362" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>ward.brown@metc.state.mn.us</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1CDBDD6B" w14:textId="69E0D64D" w:rsidR="00DA1D7F" w:rsidRDefault="00DA1D7F" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="006B0750">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">or his </w:t>
       </w:r>
       <w:r w:rsidR="0036732B" w:rsidRPr="006B0750">
         <w:t>successor and</w:t>
       </w:r>
@@ -3044,176 +3218,333 @@
             <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17418D3D" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006508B3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D418CE" w14:textId="0C07FD7A" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
+          <w:p w14:paraId="48D418CE" w14:textId="6BE299C6" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00E90B85" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD "Contact_Name" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00837468">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Contact_Name»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w14:paraId="68832BFE" w14:textId="77777777" w:rsidTr="00DA1D7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="213609F0" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006508B3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mailing Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31280CE3" w14:textId="46F4DE72" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
+          <w:p w14:paraId="31280CE3" w14:textId="10743F75" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00E90B85" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD "Address" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00837468">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Address»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w14:paraId="26A47866" w14:textId="77777777" w:rsidTr="00DA1D7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B3B8CB6" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006508B3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0691E901" w14:textId="3B069135" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
+          <w:p w14:paraId="0691E901" w14:textId="01361C54" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00E90B85" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD "Phone" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00837468">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Phone»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA1D7F" w:rsidRPr="00BA46AE" w14:paraId="1E0DBC5D" w14:textId="77777777" w:rsidTr="00DA1D7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EAB9AE7" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006508B3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E-Mail Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68624C15" w14:textId="05FD7746" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00DA1D7F" w:rsidP="00DA1D7F">
+          <w:p w14:paraId="68624C15" w14:textId="3F2048A2" w:rsidR="00DA1D7F" w:rsidRPr="006508B3" w:rsidRDefault="00E90B85" w:rsidP="00DA1D7F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD "Contact_email" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00837468">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>«Contact_email»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1000037F" w14:textId="77777777" w:rsidR="00DA1D7F" w:rsidRDefault="00DA1D7F" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="006B0750">
         <w:t>If the Grantee</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t xml:space="preserve">s Authorized Representative changes at any time during this </w:t>
       </w:r>
       <w:r w:rsidR="00F11CC0">
         <w:t>Grant Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t>, the Grantee must immediately notify the Met Council</w:t>
       </w:r>
       <w:r w:rsidR="00EB58E9">
@@ -3341,55 +3672,53 @@
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="006B0750">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="006B0750">
         <w:t xml:space="preserve">Any amendment to this </w:t>
       </w:r>
       <w:r w:rsidR="0094451A">
         <w:t>Grant Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> must be in writing and will not be effective until it has been executed and approved by the same parties who executed and approved the original </w:t>
       </w:r>
       <w:r w:rsidR="0094451A">
         <w:t>Grant Agreement</w:t>
       </w:r>
       <w:r w:rsidR="000C5983">
         <w:t xml:space="preserve">, or their </w:t>
       </w:r>
       <w:r w:rsidR="002930D7">
         <w:t xml:space="preserve">successors, or their </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000C5983">
         <w:t>delegatee</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> in office.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79109EF8" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRPr="006B0750" w:rsidRDefault="000C2DEF" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="006B0750">
         <w:t>.3</w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="009F3367">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
@@ -3588,54 +3917,51 @@
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Grantee further agrees to indemnify, save and hold the Met Council, its agents and employees, harmless from all claims arising out of, resulting from, or in any manner attributable to any violation by the Grantee, its officers, employees, or agents, or any provision of the Minnesota Government Data Practices Act, including legal fees and disbursements paid or incurred to enforce the provisions contained in Section</w:t>
       </w:r>
       <w:r w:rsidR="009F3367">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008E0B92">
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED46D54" w14:textId="60736E62" w:rsidR="008E75BC" w:rsidRDefault="008E75BC" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>The Grantee's liability hereunder shall not be limited to the extent of insurance carried by or provided by the Grantee, or subject to any exclusions from coverage in any insurance policy.</w:t>
       </w:r>
       <w:r w:rsidR="0036732B">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>For the avoidance of doubt, this provision does not impact the Grantee’s liability limits established in Minnesota Statutes Chapter 466.</w:t>
+        <w:t xml:space="preserve"> For the avoidance of doubt, this provision does not impact the Grantee’s liability limits established in Minnesota Statutes Chapter 466.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76730A7A" w14:textId="2918F765" w:rsidR="00B425FA" w:rsidRDefault="00B425FA" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Grantee shall maintain or require to be maintained adequate insurance coverage for the </w:t>
       </w:r>
       <w:r w:rsidR="00801ABD">
         <w:t>Grant Program</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in such amounts with such limits as it determines in good faith to be reasonable or in such amounts and with such limits as may be</w:t>
       </w:r>
       <w:r w:rsidR="003F2909">
         <w:t xml:space="preserve"> reasonably</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> required</w:t>
       </w:r>
       <w:r w:rsidR="003F2909">
         <w:t xml:space="preserve"> for participating cities</w:t>
       </w:r>
@@ -3866,91 +4192,75 @@
       </w:r>
       <w:r w:rsidR="00CA0AC4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4" w:rsidRPr="006B0750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Compensation</w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="231AACB1" w14:textId="119144AA" w:rsidR="00475862" w:rsidRPr="002A2B25" w:rsidRDefault="00CA0AC4" w:rsidP="002A2B25">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="006B0750">
-        <w:t xml:space="preserve">The Grantee certifies that it </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Minn. Stat. § </w:t>
+        <w:t>The Grantee certifies that it is i</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n compliance with Minn. Stat. § </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t>176.181, subd.</w:t>
       </w:r>
       <w:r w:rsidR="00AB78EE">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t>2, pertaining to workers</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> compensation insurance coverage.  The Grantee</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
-        <w:t xml:space="preserve">s employees and agents will not be considered Met Council employees.  Any claims that may arise under the Minnesota Workers Compensation Act on behalf of these employees and any claims made by any third party </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> any act or omission on the part of these employees are in no way the Met Council</w:t>
+        <w:t>s employees and agents will not be considered Met Council employees.  Any claims that may arise under the Minnesota Workers Compensation Act on behalf of these employees and any claims made by any third party as a consequence of any act or omission on the part of these employees are in no way the Met Council</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t>s obligation or responsi</w:t>
       </w:r>
       <w:r w:rsidR="0078068F">
         <w:t>bility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="515FB733" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRPr="006B0750" w:rsidRDefault="00E81AB6" w:rsidP="0078068F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="clear" w:pos="1260"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4168,309 +4478,406 @@
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="006B0750">
         <w:t>Under Minn.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Stat. § </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t>270C.65</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t xml:space="preserve"> subd.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0750">
         <w:t xml:space="preserve">3, and other applicable law, the Grantee consents to disclosure of its federal employer tax identification number, and/or Minnesota tax identification number, already provided to the Met Council, to federal and state tax agencies and Met Council personnel involved in the payment of Met Council obligations.  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Grantee will require compliance with this Section 16 by Grantee’s contractor and shall submit evidence of such compliance to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Council as requeste</w:t>
+        <w:t>Grantee will require compliance with this Section 16 by Grantee’s contractor and shall submit evidence of such compliance to Met Council as requeste</w:t>
       </w:r>
       <w:r w:rsidR="001A1DE3">
         <w:t>d.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CABB9E" w14:textId="77777777" w:rsidR="00BE2634" w:rsidRDefault="00E81AB6" w:rsidP="00BA7AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB78EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E656F2" w:rsidRPr="00AB78EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB78EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BA7AB0" w:rsidRPr="00BA7AB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Notices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648C5544" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRDefault="00BA7AB0" w:rsidP="0078068F">
+    <w:p w14:paraId="648C5544" w14:textId="30BA3AFE" w:rsidR="00CA0AC4" w:rsidRDefault="00BA7AB0" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA7AB0">
         <w:t>In addition to any notice required under applicable law to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA0AC4">
-        <w:t>be given in another manner, any notices required hereunder must be in writing and shall be sufficient if personally served or sent by prepaid, registered, or certified mail (return receipt requested), to the business address of the party to whom it is directed.  Such business address shall be that address specified below or such different address as may hereafter be specified, by either party by written notice to the other:</w:t>
+        <w:t xml:space="preserve">be given in another manner, any notices required hereunder must be in writing and shall be sufficient if personally served or sent by prepaid, registered, or certified mail (return receipt requested), to the business address of the party to whom it is directed.  Such business address shall be that address specified </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD193F">
+        <w:t>below,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0AC4">
+        <w:t xml:space="preserve"> or such different address as may hereafter be specified, by either party by written notice to the other:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B194D3" w14:textId="77777777" w:rsidR="006508B3" w:rsidRDefault="006508B3" w:rsidP="0078068F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76B00CBB" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="00CA0AC4">
+    <w:p w14:paraId="17FF7063" w14:textId="77777777" w:rsidR="0084436E" w:rsidRDefault="0084436E" w:rsidP="0084436E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:firstLine="1440"/>
       </w:pPr>
       <w:r>
         <w:t>To the Grantee at:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D676CD" w14:textId="77777777" w:rsidR="00473413" w:rsidRDefault="00473413" w:rsidP="0078068F">
-[...91 lines deleted...]
-    <w:p w14:paraId="4F275187" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRPr="00CA21D3" w:rsidRDefault="00CA0AC4" w:rsidP="00BE2634">
+    <w:p w14:paraId="3D874368" w14:textId="7B32DF7F" w:rsidR="0084436E" w:rsidRPr="00A0122C" w:rsidRDefault="0084436E" w:rsidP="0084436E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3060"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="20"/>
       </w:pPr>
+      <w:r w:rsidRPr="00A0122C">
+        <w:t xml:space="preserve">City of </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" MERGEFIELD &quot;Community&quot; ">
+        <w:r w:rsidR="00837468">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>«Community»</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w14:paraId="0931C487" w14:textId="5330F725" w:rsidR="0084436E" w:rsidRPr="00A0122C" w:rsidRDefault="00D36E23" w:rsidP="0084436E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="3060"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="20"/>
+      </w:pPr>
+      <w:fldSimple w:instr=" MERGEFIELD &quot;Street&quot; ">
+        <w:r w:rsidR="00837468">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>«Street»</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w14:paraId="554D170E" w14:textId="5F883228" w:rsidR="0084436E" w:rsidRPr="00A0122C" w:rsidRDefault="00D36E23" w:rsidP="0084436E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="3060"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="20"/>
+      </w:pPr>
+      <w:fldSimple w:instr=" MERGEFIELD &quot;Community&quot; ">
+        <w:r w:rsidR="00837468">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>«Community»</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r w:rsidR="0084436E" w:rsidRPr="00A0122C">
+        <w:t xml:space="preserve">, MN </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" MERGEFIELD &quot;Zip&quot; ">
+        <w:r w:rsidR="00837468">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>«Zip»</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w14:paraId="41D676CD" w14:textId="72AFF2C9" w:rsidR="00473413" w:rsidRDefault="0084436E" w:rsidP="0084436E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="2160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0122C">
+        <w:t xml:space="preserve">Attention:  </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" MERGEFIELD &quot;Contact_Name&quot; ">
+        <w:r w:rsidR="00837468">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>«Contact_Name»</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w14:paraId="06D699EB" w14:textId="77777777" w:rsidR="0036732B" w:rsidRDefault="0036732B" w:rsidP="0078068F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D515EAC" w14:textId="77777777" w:rsidR="0036732B" w:rsidRDefault="0036732B" w:rsidP="0078068F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F451F52" w14:textId="77777777" w:rsidR="00473413" w:rsidRDefault="00473413" w:rsidP="0078068F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F956B37" w14:textId="77777777" w:rsidR="00690F7B" w:rsidRDefault="00690F7B" w:rsidP="0078068F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D4FBE1" w14:textId="77777777" w:rsidR="00690F7B" w:rsidRDefault="00690F7B" w:rsidP="0078068F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EEF3086" w14:textId="5B985D6E" w:rsidR="00CA0AC4" w:rsidRDefault="00CA0AC4" w:rsidP="0078068F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="14" w:firstLine="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">To the </w:t>
+      </w:r>
+      <w:r w:rsidR="007622E1">
+        <w:t>Met</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Council at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5925348F" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRPr="00CA21D3" w:rsidRDefault="00CA0AC4" w:rsidP="00BE2634">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="5300"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="14"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA21D3">
+        <w:t>Metropolitan Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035E2E6A" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRPr="00CA21D3" w:rsidRDefault="00CA0AC4" w:rsidP="00BE2634">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="5300"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA21D3">
+        <w:t>390 Robert Street North</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F275187" w14:textId="77777777" w:rsidR="00CA0AC4" w:rsidRPr="00CA21D3" w:rsidRDefault="00CA0AC4" w:rsidP="00BE2634">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="3060"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="20"/>
+      </w:pPr>
       <w:r w:rsidRPr="00CA21D3">
         <w:t>St. Paul, MN 55101</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="326F8AA6" w14:textId="025AB38D" w:rsidR="00CA0AC4" w:rsidRDefault="00CA0AC4" w:rsidP="0078068F">
+    <w:p w14:paraId="326F8AA6" w14:textId="772DD640" w:rsidR="00CA0AC4" w:rsidRDefault="00CA0AC4" w:rsidP="0078068F">
       <w:pPr>
         <w:pStyle w:val="sidebyside"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="right" w:pos="900"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Attention:  </w:t>
       </w:r>
       <w:r w:rsidR="00910F51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Ward Brown, Financial Analyst</w:t>
+        <w:t xml:space="preserve">Ward Brown, </w:t>
+      </w:r>
+      <w:r w:rsidR="007304ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal </w:t>
+      </w:r>
+      <w:r w:rsidR="00910F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Financial Analyst</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C26DDA4" w14:textId="20E948AC" w:rsidR="007622E1" w:rsidRDefault="007622E1" w:rsidP="0078068F">
       <w:pPr>
         <w:pStyle w:val="sidebyside"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="right" w:pos="900"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>With copy to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A11C686" w14:textId="57324A9B" w:rsidR="007622E1" w:rsidRDefault="00CD4D99" w:rsidP="00CA0AC4">
+    <w:p w14:paraId="7A11C686" w14:textId="7DDB2560" w:rsidR="007622E1" w:rsidRDefault="007304ED" w:rsidP="00CA0AC4">
       <w:pPr>
         <w:pStyle w:val="sidebyside"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="right" w:pos="900"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">MCES </w:t>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00910F51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Budget Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F9FCE4" w14:textId="77777777" w:rsidR="007622E1" w:rsidRDefault="007622E1" w:rsidP="00CA0AC4">
       <w:pPr>
         <w:pStyle w:val="sidebyside"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="right" w:pos="900"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4505,161 +4912,50 @@
     </w:p>
     <w:p w14:paraId="0EE172F1" w14:textId="77777777" w:rsidR="007622E1" w:rsidRDefault="007622E1" w:rsidP="0078068F">
       <w:pPr>
         <w:pStyle w:val="sidebyside"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="right" w:pos="900"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>St. Paul, MN  55101</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0333AE" w14:textId="77777777" w:rsidR="003E4797" w:rsidRDefault="003E4797" w:rsidP="0078068F">
-[...109 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2520531A" w14:textId="6D9EA511" w:rsidR="006C2A80" w:rsidRPr="006C2A80" w:rsidRDefault="00D360D6" w:rsidP="006C2A80">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Prevaili</w:t>
       </w:r>
       <w:r w:rsidR="006C2A80">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ng Wages</w:t>
       </w:r>
@@ -4708,128 +5004,133 @@
       <w:r w:rsidR="00D360D6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00E81AB6" w:rsidRPr="00DC60E7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E81AB6" w:rsidRPr="00DC60E7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E549A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Default and Remedies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DE1572" w14:textId="77777777" w:rsidR="00340FB5" w:rsidRDefault="00E656F2" w:rsidP="007E0E7C">
+    <w:p w14:paraId="57DE1572" w14:textId="1B8B24EC" w:rsidR="00340FB5" w:rsidRDefault="00E656F2" w:rsidP="007E0E7C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="000E549A">
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="000E549A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E81AB6" w:rsidRPr="00DC60E7">
         <w:t>Defaults.</w:t>
       </w:r>
       <w:r w:rsidR="000E549A" w:rsidRPr="00DC60E7">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E81AB6" w:rsidRPr="00DC60E7">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00E81AB6" w:rsidRPr="00E81AB6">
         <w:t xml:space="preserve"> Grantee's</w:t>
       </w:r>
       <w:r w:rsidR="000E549A">
-        <w:t xml:space="preserve"> failure to fully comply with all of the provisions contained in this Grant Agreement shall be an event of default </w:t>
+        <w:t xml:space="preserve"> failure to fully comply with all provisions contained in this Grant Agreement shall be an event of default </w:t>
       </w:r>
       <w:r w:rsidR="000E549A" w:rsidRPr="007E0E7C">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hereunder</w:t>
       </w:r>
       <w:r w:rsidR="000E549A">
         <w:t xml:space="preserve"> ("Event of Default").</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE9AA53" w14:textId="77777777" w:rsidR="00340FB5" w:rsidRDefault="00E656F2" w:rsidP="007E0E7C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="000E549A" w:rsidRPr="00DC60E7">
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="000E549A" w:rsidRPr="00DC60E7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E81AB6" w:rsidRPr="00DC60E7">
         <w:t>Remedies.</w:t>
       </w:r>
       <w:r w:rsidR="000E549A" w:rsidRPr="00DC60E7">
         <w:t xml:space="preserve">  Upon</w:t>
       </w:r>
       <w:r w:rsidR="000E549A">
         <w:t xml:space="preserve"> an event of default, the Met Council may exercise any one or more of the following remedies:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08383249" w14:textId="77777777" w:rsidR="00340FB5" w:rsidRDefault="000E549A" w:rsidP="007E0E7C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>a.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Refrain from disbursing the Grant;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Refrain from disbursing the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Grant;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6EEDBF02" w14:textId="77777777" w:rsidR="00340FB5" w:rsidRDefault="000E549A" w:rsidP="007E0E7C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>b.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Demand that all or any portion of the Grant already disbursed be repaid to it, and upon such demand the Grantee shall repay such amount to the Met Council.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C59B2D" w14:textId="77777777" w:rsidR="00340FB5" w:rsidRDefault="000E549A" w:rsidP="007E0E7C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>c.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Enforce any additional remedies the Met Council may have at law or in equity.</w:t>
@@ -5044,51 +5345,59 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EA4BE76" w14:textId="77777777" w:rsidR="00262985" w:rsidRDefault="00262985" w:rsidP="00262985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1260"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:t>The Grantee certifies that the appropriate person(s) have executed the grant contract on behalf of the Grantee as required by applicable articles, bylaws, resolutions, or ordinances.</w:t>
+              <w:t xml:space="preserve">The Grantee certifies that the appropriate person(s) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>have</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> executed the grant contract on behalf of the Grantee as required by applicable articles, bylaws, resolutions, or ordinances.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="312B8664" w14:textId="77777777" w:rsidR="00262985" w:rsidRDefault="00262985" w:rsidP="00262985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6DCF75C7" w14:textId="77777777" w:rsidR="00262985" w:rsidRDefault="00262985" w:rsidP="00AD6845">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4AE65020" w14:textId="77777777" w:rsidR="00262985" w:rsidRDefault="00262985" w:rsidP="00AD6845">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4392"/>
               </w:tabs>
@@ -5371,262 +5680,261 @@
           <w:p w14:paraId="42812CCB" w14:textId="77777777" w:rsidR="00262985" w:rsidRPr="005B4E1C" w:rsidRDefault="00262985" w:rsidP="00AD6845">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4392"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62EF18CE" w14:textId="2C121899" w:rsidR="00247CFF" w:rsidRPr="002263F0" w:rsidRDefault="00247CFF" w:rsidP="00B65A0A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00247CFF" w:rsidRPr="002263F0" w:rsidSect="005B3DA9">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:footnotePr>
         <w:numFmt w:val="lowerRoman"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="313D95C1" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D" w:rsidP="00AD6845">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="770B3AEA" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D" w:rsidP="00AD6845">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New York">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02040503060506020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="283181877"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="2ED7F076" w14:textId="77777777" w:rsidR="00D543BD" w:rsidRDefault="00B65A0A">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00802893">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2D30999D" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="17003284" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D" w:rsidP="00AD6845">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B11F510" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D" w:rsidP="00AD6845">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2488ADD1" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D" w:rsidP="005B3DA9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D588B5C" w14:textId="77777777" w:rsidR="0007327D" w:rsidRDefault="0007327D" w:rsidP="005B3DA9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0137390A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D6ADAE0"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7567,424 +7875,459 @@
   <w:num w:numId="13" w16cid:durableId="179392506">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1134983190">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1631983705">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1053889212">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="378821645">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="75713761">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="472721322">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="69633"/>
+    <o:shapedefaults v:ext="edit" spidmax="83969"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="lowerRoman"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00556634"/>
     <w:rsid w:val="00005E14"/>
+    <w:rsid w:val="00013497"/>
     <w:rsid w:val="00016AE3"/>
     <w:rsid w:val="0002744C"/>
+    <w:rsid w:val="0004110D"/>
     <w:rsid w:val="0006348E"/>
     <w:rsid w:val="0007327D"/>
     <w:rsid w:val="000A1CD1"/>
     <w:rsid w:val="000B664B"/>
     <w:rsid w:val="000C23A2"/>
     <w:rsid w:val="000C2DEF"/>
     <w:rsid w:val="000C4E6A"/>
     <w:rsid w:val="000C5587"/>
     <w:rsid w:val="000C5983"/>
     <w:rsid w:val="000C7FB5"/>
     <w:rsid w:val="000D363C"/>
     <w:rsid w:val="000D7D15"/>
     <w:rsid w:val="000E5328"/>
     <w:rsid w:val="000E549A"/>
     <w:rsid w:val="000E6841"/>
     <w:rsid w:val="0010609D"/>
     <w:rsid w:val="00114AA0"/>
     <w:rsid w:val="00132604"/>
     <w:rsid w:val="0013507D"/>
     <w:rsid w:val="00135921"/>
     <w:rsid w:val="00143CB8"/>
     <w:rsid w:val="0016492B"/>
     <w:rsid w:val="00175A6E"/>
     <w:rsid w:val="00193270"/>
+    <w:rsid w:val="00195209"/>
+    <w:rsid w:val="00195C53"/>
     <w:rsid w:val="00195E62"/>
     <w:rsid w:val="001A1DE3"/>
     <w:rsid w:val="001A4DFF"/>
     <w:rsid w:val="001B266E"/>
     <w:rsid w:val="001B3102"/>
     <w:rsid w:val="001C1E66"/>
     <w:rsid w:val="001E279E"/>
     <w:rsid w:val="001E2A4E"/>
     <w:rsid w:val="001E772F"/>
     <w:rsid w:val="00204DDB"/>
     <w:rsid w:val="00224E00"/>
     <w:rsid w:val="00231CD5"/>
     <w:rsid w:val="0023773E"/>
     <w:rsid w:val="00243503"/>
     <w:rsid w:val="00247CFF"/>
     <w:rsid w:val="00260F8D"/>
     <w:rsid w:val="00262985"/>
     <w:rsid w:val="002726ED"/>
     <w:rsid w:val="00273FD2"/>
     <w:rsid w:val="00286144"/>
     <w:rsid w:val="00287C54"/>
     <w:rsid w:val="002930D7"/>
     <w:rsid w:val="00295836"/>
     <w:rsid w:val="002A2B25"/>
     <w:rsid w:val="002B163D"/>
     <w:rsid w:val="002D51C1"/>
     <w:rsid w:val="002E361B"/>
     <w:rsid w:val="002E3621"/>
     <w:rsid w:val="002F26BC"/>
     <w:rsid w:val="002F5627"/>
     <w:rsid w:val="002F5E39"/>
     <w:rsid w:val="00304607"/>
     <w:rsid w:val="003076F5"/>
     <w:rsid w:val="00314E37"/>
     <w:rsid w:val="0031522D"/>
     <w:rsid w:val="003170C8"/>
     <w:rsid w:val="003278B2"/>
     <w:rsid w:val="00330B00"/>
     <w:rsid w:val="00340B4F"/>
     <w:rsid w:val="00340FB5"/>
     <w:rsid w:val="00350177"/>
     <w:rsid w:val="003504CF"/>
     <w:rsid w:val="00355C37"/>
     <w:rsid w:val="003609C1"/>
     <w:rsid w:val="003621EF"/>
     <w:rsid w:val="0036732B"/>
+    <w:rsid w:val="003744BE"/>
     <w:rsid w:val="003873B4"/>
     <w:rsid w:val="00393436"/>
     <w:rsid w:val="003947BE"/>
     <w:rsid w:val="00397CAB"/>
     <w:rsid w:val="003B3808"/>
     <w:rsid w:val="003B5555"/>
     <w:rsid w:val="003B6C76"/>
     <w:rsid w:val="003B70D5"/>
     <w:rsid w:val="003B7511"/>
     <w:rsid w:val="003C5F50"/>
     <w:rsid w:val="003E2694"/>
     <w:rsid w:val="003E4797"/>
     <w:rsid w:val="003E7469"/>
     <w:rsid w:val="003F2909"/>
     <w:rsid w:val="004131ED"/>
     <w:rsid w:val="00413A85"/>
     <w:rsid w:val="00415D0B"/>
     <w:rsid w:val="004175D2"/>
     <w:rsid w:val="00423CDF"/>
     <w:rsid w:val="004273D3"/>
     <w:rsid w:val="004306D2"/>
     <w:rsid w:val="00432E88"/>
+    <w:rsid w:val="00436E82"/>
     <w:rsid w:val="00446F39"/>
     <w:rsid w:val="00452734"/>
     <w:rsid w:val="004532E3"/>
     <w:rsid w:val="00455E81"/>
     <w:rsid w:val="00467B12"/>
     <w:rsid w:val="00473413"/>
     <w:rsid w:val="00475862"/>
     <w:rsid w:val="00482747"/>
     <w:rsid w:val="00490999"/>
     <w:rsid w:val="004B55C8"/>
     <w:rsid w:val="004C3254"/>
     <w:rsid w:val="00520EAD"/>
     <w:rsid w:val="0054257F"/>
     <w:rsid w:val="00547AD6"/>
     <w:rsid w:val="00556634"/>
     <w:rsid w:val="005577F9"/>
     <w:rsid w:val="005751CB"/>
     <w:rsid w:val="00575DD7"/>
     <w:rsid w:val="005955D9"/>
     <w:rsid w:val="005A062F"/>
     <w:rsid w:val="005A2A09"/>
     <w:rsid w:val="005B3DA9"/>
     <w:rsid w:val="005C193C"/>
     <w:rsid w:val="005C26C0"/>
     <w:rsid w:val="005C544C"/>
     <w:rsid w:val="005D0D0B"/>
     <w:rsid w:val="005D25C0"/>
     <w:rsid w:val="005E5443"/>
+    <w:rsid w:val="005E6869"/>
     <w:rsid w:val="00600D50"/>
     <w:rsid w:val="006029D4"/>
     <w:rsid w:val="00602F2C"/>
     <w:rsid w:val="00606BA3"/>
     <w:rsid w:val="00615603"/>
     <w:rsid w:val="00626B8E"/>
     <w:rsid w:val="00630CA1"/>
     <w:rsid w:val="006436E3"/>
     <w:rsid w:val="00645049"/>
     <w:rsid w:val="006508B3"/>
     <w:rsid w:val="0066078A"/>
     <w:rsid w:val="00690F7B"/>
     <w:rsid w:val="00696362"/>
     <w:rsid w:val="006A7EBC"/>
     <w:rsid w:val="006B258C"/>
     <w:rsid w:val="006B5C68"/>
     <w:rsid w:val="006C2A80"/>
     <w:rsid w:val="006E5B8F"/>
+    <w:rsid w:val="006E622E"/>
     <w:rsid w:val="006F6354"/>
     <w:rsid w:val="007157B2"/>
+    <w:rsid w:val="007304ED"/>
     <w:rsid w:val="00733923"/>
+    <w:rsid w:val="00761321"/>
     <w:rsid w:val="007622E1"/>
     <w:rsid w:val="00775324"/>
     <w:rsid w:val="0078068F"/>
     <w:rsid w:val="007905E1"/>
     <w:rsid w:val="0079331B"/>
+    <w:rsid w:val="0079784E"/>
     <w:rsid w:val="007B6E93"/>
     <w:rsid w:val="007D634B"/>
     <w:rsid w:val="007D7566"/>
     <w:rsid w:val="007E0E7C"/>
     <w:rsid w:val="007E5489"/>
     <w:rsid w:val="008004A4"/>
     <w:rsid w:val="00801ABD"/>
     <w:rsid w:val="00802893"/>
     <w:rsid w:val="00802E9D"/>
     <w:rsid w:val="00803D20"/>
     <w:rsid w:val="008154CF"/>
     <w:rsid w:val="0083247C"/>
+    <w:rsid w:val="00837468"/>
     <w:rsid w:val="00842794"/>
+    <w:rsid w:val="0084436E"/>
     <w:rsid w:val="00845EA5"/>
     <w:rsid w:val="00847FD1"/>
     <w:rsid w:val="00851C8D"/>
     <w:rsid w:val="0085419B"/>
     <w:rsid w:val="0085784B"/>
     <w:rsid w:val="008644FF"/>
     <w:rsid w:val="00867171"/>
     <w:rsid w:val="0087552D"/>
     <w:rsid w:val="008A2E84"/>
     <w:rsid w:val="008B1A43"/>
     <w:rsid w:val="008B79BB"/>
+    <w:rsid w:val="008D2B5D"/>
     <w:rsid w:val="008E0B92"/>
     <w:rsid w:val="008E1C1A"/>
     <w:rsid w:val="008E2411"/>
     <w:rsid w:val="008E75BC"/>
     <w:rsid w:val="008F2090"/>
+    <w:rsid w:val="0090281C"/>
     <w:rsid w:val="00906D34"/>
     <w:rsid w:val="00910F51"/>
     <w:rsid w:val="00914AEB"/>
     <w:rsid w:val="009155F1"/>
     <w:rsid w:val="0092503A"/>
     <w:rsid w:val="00926363"/>
     <w:rsid w:val="009372A6"/>
     <w:rsid w:val="0094451A"/>
     <w:rsid w:val="00957328"/>
     <w:rsid w:val="009641B7"/>
     <w:rsid w:val="00967B32"/>
     <w:rsid w:val="009A2200"/>
     <w:rsid w:val="009A77E1"/>
+    <w:rsid w:val="009D360B"/>
+    <w:rsid w:val="009E20B4"/>
+    <w:rsid w:val="009E650C"/>
     <w:rsid w:val="009F3367"/>
     <w:rsid w:val="009F7B8B"/>
     <w:rsid w:val="00A0122C"/>
     <w:rsid w:val="00A13AB8"/>
     <w:rsid w:val="00A2067D"/>
     <w:rsid w:val="00A20D7E"/>
     <w:rsid w:val="00A2160F"/>
     <w:rsid w:val="00A35189"/>
     <w:rsid w:val="00A44FF4"/>
     <w:rsid w:val="00A46D36"/>
     <w:rsid w:val="00A50D71"/>
     <w:rsid w:val="00A5310F"/>
+    <w:rsid w:val="00A61F9D"/>
     <w:rsid w:val="00A71FBC"/>
     <w:rsid w:val="00A7214E"/>
     <w:rsid w:val="00A83FB4"/>
     <w:rsid w:val="00AB16CE"/>
     <w:rsid w:val="00AB6676"/>
     <w:rsid w:val="00AB78EE"/>
     <w:rsid w:val="00AD2D30"/>
     <w:rsid w:val="00AD4B1E"/>
     <w:rsid w:val="00AD5C75"/>
     <w:rsid w:val="00AD6845"/>
     <w:rsid w:val="00AE7A6F"/>
     <w:rsid w:val="00AF30F1"/>
+    <w:rsid w:val="00AF4115"/>
     <w:rsid w:val="00B00141"/>
     <w:rsid w:val="00B164E7"/>
     <w:rsid w:val="00B349C4"/>
+    <w:rsid w:val="00B40838"/>
     <w:rsid w:val="00B417BA"/>
     <w:rsid w:val="00B425FA"/>
     <w:rsid w:val="00B43D87"/>
     <w:rsid w:val="00B5524B"/>
     <w:rsid w:val="00B56D00"/>
     <w:rsid w:val="00B657B4"/>
     <w:rsid w:val="00B65A0A"/>
     <w:rsid w:val="00B91E0D"/>
     <w:rsid w:val="00B9406D"/>
     <w:rsid w:val="00BA2993"/>
     <w:rsid w:val="00BA2CFF"/>
     <w:rsid w:val="00BA46AE"/>
     <w:rsid w:val="00BA4C38"/>
     <w:rsid w:val="00BA7AB0"/>
+    <w:rsid w:val="00BC0A09"/>
     <w:rsid w:val="00BC0CAA"/>
     <w:rsid w:val="00BC28D5"/>
     <w:rsid w:val="00BD288B"/>
     <w:rsid w:val="00BE2634"/>
     <w:rsid w:val="00BE2B32"/>
     <w:rsid w:val="00C04BD2"/>
     <w:rsid w:val="00C06879"/>
+    <w:rsid w:val="00C10065"/>
     <w:rsid w:val="00C213F7"/>
     <w:rsid w:val="00C237AD"/>
     <w:rsid w:val="00C24C7C"/>
     <w:rsid w:val="00C37A4F"/>
+    <w:rsid w:val="00C37EAA"/>
+    <w:rsid w:val="00C45B5C"/>
     <w:rsid w:val="00C473FC"/>
     <w:rsid w:val="00C54FF0"/>
     <w:rsid w:val="00C61300"/>
     <w:rsid w:val="00C707C2"/>
     <w:rsid w:val="00C750E3"/>
     <w:rsid w:val="00C852BF"/>
     <w:rsid w:val="00C9532E"/>
     <w:rsid w:val="00CA0AC4"/>
     <w:rsid w:val="00CB66DC"/>
     <w:rsid w:val="00CC15D5"/>
+    <w:rsid w:val="00CD193F"/>
     <w:rsid w:val="00CD4D99"/>
     <w:rsid w:val="00CD599F"/>
     <w:rsid w:val="00CE1B68"/>
     <w:rsid w:val="00CE3FB9"/>
     <w:rsid w:val="00CF1778"/>
     <w:rsid w:val="00D04CD3"/>
     <w:rsid w:val="00D169EC"/>
     <w:rsid w:val="00D16DED"/>
     <w:rsid w:val="00D360D6"/>
+    <w:rsid w:val="00D36E23"/>
     <w:rsid w:val="00D41C32"/>
     <w:rsid w:val="00D543BD"/>
+    <w:rsid w:val="00D6579D"/>
+    <w:rsid w:val="00D717E9"/>
     <w:rsid w:val="00D85F43"/>
     <w:rsid w:val="00DA1D7F"/>
+    <w:rsid w:val="00DB56FC"/>
     <w:rsid w:val="00DC5508"/>
     <w:rsid w:val="00DC60E7"/>
     <w:rsid w:val="00DD2717"/>
     <w:rsid w:val="00DD2766"/>
     <w:rsid w:val="00DE3A06"/>
     <w:rsid w:val="00DE793B"/>
     <w:rsid w:val="00DF0116"/>
+    <w:rsid w:val="00DF350A"/>
     <w:rsid w:val="00E0284C"/>
     <w:rsid w:val="00E06A22"/>
     <w:rsid w:val="00E12C34"/>
     <w:rsid w:val="00E132AA"/>
+    <w:rsid w:val="00E13643"/>
     <w:rsid w:val="00E1416A"/>
+    <w:rsid w:val="00E24F17"/>
+    <w:rsid w:val="00E25D38"/>
     <w:rsid w:val="00E27428"/>
     <w:rsid w:val="00E32838"/>
     <w:rsid w:val="00E465B2"/>
     <w:rsid w:val="00E656F2"/>
     <w:rsid w:val="00E8175F"/>
     <w:rsid w:val="00E81AB6"/>
+    <w:rsid w:val="00E90B85"/>
     <w:rsid w:val="00E90E8A"/>
     <w:rsid w:val="00EA0D0C"/>
     <w:rsid w:val="00EA44A5"/>
     <w:rsid w:val="00EB58E9"/>
     <w:rsid w:val="00ED069C"/>
     <w:rsid w:val="00ED4D4E"/>
     <w:rsid w:val="00ED68B7"/>
     <w:rsid w:val="00F01C7D"/>
     <w:rsid w:val="00F01FB0"/>
     <w:rsid w:val="00F0414F"/>
     <w:rsid w:val="00F11CC0"/>
     <w:rsid w:val="00F135AA"/>
     <w:rsid w:val="00F20AFF"/>
     <w:rsid w:val="00F21C21"/>
     <w:rsid w:val="00F542A4"/>
     <w:rsid w:val="00F57F4B"/>
     <w:rsid w:val="00F6173C"/>
     <w:rsid w:val="00F77581"/>
     <w:rsid w:val="00F9108E"/>
     <w:rsid w:val="00F9367B"/>
     <w:rsid w:val="00F94DD7"/>
     <w:rsid w:val="00FC74D8"/>
     <w:rsid w:val="00FE1E4D"/>
     <w:rsid w:val="00FF7590"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="69633"/>
+    <o:shapedefaults v:ext="edit" spidmax="83969"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="570DA1D2"/>
   <w15:docId w15:val="{0DC3F8DD-D5CD-435C-B62D-B2E5876F57D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8685,51 +9028,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C473FC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C473FC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1991979455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1725173824">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8762,51 +9105,51 @@
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="48"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.brown@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.brown@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9052,83 +9395,425 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100874C36142B1E774A8DA3D85A1008622D" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8654763b25116b5e67eb9023920dd59a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="ba120aac-2fb2-44ba-8886-bd72401d1c37" xmlns:ns4="37ec06e3-3d7b-447a-9afc-51f249ecfd56" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36cb50c5faace9de6c8628c31fc93125" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="ba120aac-2fb2-44ba-8886-bd72401d1c37"/>
+    <xsd:import namespace="37ec06e3-3d7b-447a-9afc-51f249ecfd56"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba120aac-2fb2-44ba-8886-bd72401d1c37" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="12" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="37ec06e3-3d7b-447a-9afc-51f249ecfd56" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{83b15c8c-e455-4c84-a0c7-9eacbc259b4d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="37ec06e3-3d7b-447a-9afc-51f249ecfd56">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="37ec06e3-3d7b-447a-9afc-51f249ecfd56" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba120aac-2fb2-44ba-8886-bd72401d1c37">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93D1651A-C047-429B-9685-EDAF7AE292FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3692BB7C-3B8C-4F2B-A49C-8C4EBB4BEEA0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="ba120aac-2fb2-44ba-8886-bd72401d1c37"/>
+    <ds:schemaRef ds:uri="37ec06e3-3d7b-447a-9afc-51f249ecfd56"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30335C02-68E0-462A-99AC-6E29419C0B4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="37ec06e3-3d7b-447a-9afc-51f249ecfd56"/>
+    <ds:schemaRef ds:uri="ba120aac-2fb2-44ba-8886-bd72401d1c37"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1713618-36F1-45D3-9417-2162FA169CEA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9332697-6247-4649-B2C9-128CA876032B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3385</Words>
-  <Characters>19301</Characters>
+  <Words>3344</Words>
+  <Characters>19703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>160</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>371</Lines>
+  <Paragraphs>221</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22641</CharactersWithSpaces>
+  <CharactersWithSpaces>22826</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>thayerlj</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100874C36142B1E774A8DA3D85A1008622D</vt:lpwstr>
+  </property>
+</Properties>
+</file>