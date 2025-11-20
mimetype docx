--- v0 (2025-10-10)
+++ v1 (2025-11-20)
@@ -1,118 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="45CD23BC" w14:textId="77777777" w:rsidR="00A70920" w:rsidRDefault="00A70920" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA6C9ED" w14:textId="4ECA668E" w:rsidR="007F5237" w:rsidRPr="00DE0DCE" w:rsidRDefault="00C66982" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00501C82">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="377B3279" wp14:editId="44A964F6">
             <wp:extent cx="1190445" cy="1006762"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="Metropolitan Council logo">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2" descr="Metropolitan Council logo">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId13"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="1311" r="1311"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190445" cy="1006762"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -122,198 +123,189 @@
     </w:p>
     <w:p w14:paraId="1B9D7D9D" w14:textId="3875F272" w:rsidR="00151186" w:rsidRDefault="00954462" w:rsidP="00151186">
       <w:pPr>
         <w:pStyle w:val="DocumentTitle"/>
       </w:pPr>
       <w:r>
         <w:t>Private Property Inflow &amp; infiltration grant program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28057F44" w14:textId="0417AC8C" w:rsidR="00A70920" w:rsidRDefault="00A70920" w:rsidP="00A70920">
       <w:pPr>
         <w:pStyle w:val="DocumentDate"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(Exhibit A)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E8B4D3" w14:textId="11816EA3" w:rsidR="00151186" w:rsidRPr="005322C7" w:rsidRDefault="00412F30" w:rsidP="00A70920">
+    <w:p w14:paraId="03E8B4D3" w14:textId="15937307" w:rsidR="00151186" w:rsidRPr="005322C7" w:rsidRDefault="00412F30" w:rsidP="00A70920">
       <w:pPr>
         <w:pStyle w:val="DocumentDate"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005322C7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Application for Participation</w:t>
       </w:r>
       <w:r w:rsidR="003E66A5" w:rsidRPr="005322C7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00954462" w:rsidRPr="005322C7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="003011B0">
+      <w:r w:rsidR="0058522C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116DAC64" w14:textId="0EAFA170" w:rsidR="00CF5202" w:rsidRDefault="00C34B5D" w:rsidP="00C34B5D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795BA985" w14:textId="5919B765" w:rsidR="00A02598" w:rsidRDefault="00BE6216" w:rsidP="00DE0DCE">
+    <w:p w14:paraId="795BA985" w14:textId="1415F288" w:rsidR="00A02598" w:rsidRDefault="00BE6216" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve">his form </w:t>
       </w:r>
       <w:r>
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve">s the basis for entering into </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve">agreement with the Metropolitan Council Environmental Services (Met Council, ES) </w:t>
       </w:r>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve"> the Private Property Inflow &amp; Infiltration </w:t>
       </w:r>
       <w:r w:rsidR="00FC7342">
         <w:t xml:space="preserve">(I/I) </w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve">Grant Program </w:t>
       </w:r>
       <w:r w:rsidR="00490858">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="003011B0">
-        <w:t>5</w:t>
+      <w:r w:rsidR="0058522C">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003F19BF">
         <w:t>Completion of t</w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve">his form and its attachments </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003F19BF">
-        <w:t xml:space="preserve">confirms your municipality’s intention to participate and </w:t>
+        <w:t>confirms</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F19BF">
+        <w:t xml:space="preserve"> your municipality’s intention to participate and </w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t>verif</w:t>
       </w:r>
       <w:r w:rsidR="003F19BF">
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="00412F30">
         <w:t xml:space="preserve"> that the municipality has performed all required activities to receive grant funding for private residential I/I mitigation work. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C71E6A7" w14:textId="77777777" w:rsidR="00A02598" w:rsidRDefault="00A02598" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036B9D58" w14:textId="6DEBA4E4" w:rsidR="00A02598" w:rsidRDefault="00A02598" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>More information on the grant program, including program guidelines, can be found at the following link:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD78B43" w14:textId="3417DFD4" w:rsidR="00A02598" w:rsidRDefault="00CA3ADC" w:rsidP="00DE0DCE">
+    <w:p w14:paraId="5AD78B43" w14:textId="515A8E02" w:rsidR="00A02598" w:rsidRDefault="0058522C" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS PGothic"/>
           </w:rPr>
-          <w:t>https://metrocouncil.org/Wastewater-Water/Funding-Finance/Available-Funding-Grants/Private-Property-Inflow</w:t>
-[...13 lines deleted...]
-          <w:t>and-Infiltration-Grants.aspx</w:t>
+          <w:t>Private Property Inflow and Infiltration Grant Program - Metropolitan Council (metrocouncil.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="14C1D943" w14:textId="77777777" w:rsidR="00CA3ADC" w:rsidRPr="00A02598" w:rsidRDefault="00CA3ADC" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B8521DC" w14:textId="75E67FB8" w:rsidR="00333702" w:rsidRDefault="009D13EC" w:rsidP="005C3040">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
       <w:r w:rsidR="00A02598">
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidR="00490858">
         <w:t xml:space="preserve"> </w:t>
@@ -800,51 +792,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008C2C8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="008C2C8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FILLIN  "Click or tap to enter amount"  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="008C2C8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306208E1" w14:textId="4D16407F" w:rsidR="00926E48" w:rsidRPr="00B70ED4" w:rsidRDefault="00926E48" w:rsidP="00926E48">
+    <w:p w14:paraId="306208E1" w14:textId="2FB5F821" w:rsidR="00926E48" w:rsidRPr="00B70ED4" w:rsidRDefault="00926E48" w:rsidP="00926E48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70ED4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Recent data suggests</w:t>
@@ -889,50 +881,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> per </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70ED4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sewer lateral</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7AFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, though true costs appear to be trending upward</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F29A42" w14:textId="77777777" w:rsidR="00926E48" w:rsidRPr="00C34B5D" w:rsidRDefault="00926E48" w:rsidP="00926E48"/>
     <w:p w14:paraId="54092236" w14:textId="77777777" w:rsidR="00926E48" w:rsidRDefault="00A02598" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A resolution from Council confirming this individual’s authority and certification that they have read the program guidelines and support participation in the program must be submitted. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3920E4DF" w14:textId="77777777" w:rsidR="00926E48" w:rsidRDefault="00926E48" w:rsidP="00DE0DCE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DF58607" w14:textId="1042C53A" w:rsidR="005C3040" w:rsidRDefault="00926E48" w:rsidP="00E90958">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00926E48">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1066,51 +1067,51 @@
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00490858">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00490858">
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21D921BB" w14:textId="77777777" w:rsidR="00E90958" w:rsidRDefault="00E90958" w:rsidP="005C3040">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18655B4B" w14:textId="77624026" w:rsidR="005C3040" w:rsidRPr="00490858" w:rsidRDefault="00AE1454" w:rsidP="009A1309">
+    <w:p w14:paraId="18655B4B" w14:textId="77624026" w:rsidR="005C3040" w:rsidRPr="00490858" w:rsidRDefault="00896BBE" w:rsidP="009A1309">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="576096536"/>
           <w15:color w:val="003366"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EB35AF">
@@ -1281,149 +1282,169 @@
     </w:sdt>
     <w:p w14:paraId="3746F3DA" w14:textId="77777777" w:rsidR="004628E3" w:rsidRDefault="004628E3" w:rsidP="005C3040">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EF043C8" w14:textId="75123D1F" w:rsidR="004628E3" w:rsidRPr="00926E48" w:rsidRDefault="004628E3" w:rsidP="005C3040">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926E48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>What, if any, outreach and communication support would be helpful to receive from Met Council?</w:t>
+        <w:t xml:space="preserve">What, if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00926E48">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00926E48">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, outreach and communication support would be helpful to receive from Met Council?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="2B579A"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:alias w:val="Outreach &amp; Communication Support"/>
         <w:tag w:val="Outreach &amp; Communication Support"/>
         <w:id w:val="993994002"/>
         <w:placeholder>
           <w:docPart w:val="BE87D9D6566F4F4D81BDC6AE2499560A"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:color w:val="003366"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="479224E6" w14:textId="32F84D62" w:rsidR="00F82048" w:rsidRDefault="009A1309" w:rsidP="005C3040">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="009F3749">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="005DAA" w:themeColor="accent1"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1D23C849" w14:textId="1A3234C6" w:rsidR="004628E3" w:rsidRDefault="004628E3" w:rsidP="005C3040">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004628E3" w:rsidSect="0075296C">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="837" w:right="1080" w:bottom="1440" w:left="1080" w:header="576" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="1" w:chapStyle="1" w:chapSep="enDash"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77D3E572" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462" w:rsidP="008C4FA3">
+    <w:p w14:paraId="2B5659CF" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636" w:rsidP="008C4FA3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171631A4" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
-    <w:p w14:paraId="497B115B" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
+    <w:p w14:paraId="2AC032D7" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
+    <w:p w14:paraId="2A6B3760" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FD0BDCE" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462" w:rsidP="008C4FA3">
+    <w:p w14:paraId="7C0F0C8C" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636" w:rsidP="008C4FA3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260E4893" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
-    <w:p w14:paraId="0D0306D9" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
+    <w:p w14:paraId="68615AF5" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
+    <w:p w14:paraId="79EB4BD5" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C92D448" w14:textId="77777777" w:rsidR="000C2B3F" w:rsidRDefault="000C2B3F">
+    <w:p w14:paraId="080F2380" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1448,51 +1469,51 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="061473F5" w14:textId="77777777" w:rsidR="00785C9E" w:rsidRDefault="00B86E78" w:rsidP="007737C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00785C9E">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -1506,51 +1527,51 @@
         <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="59B12AE2" w14:textId="77777777" w:rsidR="00785C9E" w:rsidRDefault="00785C9E" w:rsidP="009B2F9C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7CC718BC" w14:textId="77777777" w:rsidR="00785C9E" w:rsidRDefault="00785C9E"/>
   <w:p w14:paraId="7D0CCF11" w14:textId="77777777" w:rsidR="00FE3AD2" w:rsidRDefault="00FE3AD2"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="527F0897" w14:textId="77777777" w:rsidR="00FE3AD2" w:rsidRPr="000112CD" w:rsidRDefault="00785C9E">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C66982">
       <w:rPr>
         <w:rStyle w:val="FooterChar"/>
         <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page - </w:t>
     </w:r>
     <w:r w:rsidR="00B86E78" w:rsidRPr="00C66982">
       <w:rPr>
         <w:rStyle w:val="FooterChar"/>
         <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00C66982">
       <w:rPr>
@@ -1600,181 +1621,181 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
     <w:r w:rsidRPr="00C66982">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="00C66982">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>METROPOLITAN COUNCIL</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41AF59A1" w14:textId="77777777" w:rsidR="00FE3AD2" w:rsidRDefault="00785C9E" w:rsidP="000112CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00501C82">
       <w:t xml:space="preserve">Page - </w:t>
     </w:r>
     <w:r w:rsidR="00F9478B">
       <w:rPr>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F9478B">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00F9478B">
       <w:rPr>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AE054E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00F9478B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="600DD7E2" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462" w:rsidP="008C4FA3">
+    <w:p w14:paraId="4D367269" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636" w:rsidP="008C4FA3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1FE8AC" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
-    <w:p w14:paraId="792DD3B7" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
+    <w:p w14:paraId="3CD01125" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
+    <w:p w14:paraId="152E7A9B" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EAE7D2F" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462" w:rsidP="008C4FA3">
+    <w:p w14:paraId="4631D9F5" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636" w:rsidP="008C4FA3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67055567" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
-    <w:p w14:paraId="52AA4EBF" w14:textId="77777777" w:rsidR="00954462" w:rsidRDefault="00954462"/>
+    <w:p w14:paraId="018356F0" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
+    <w:p w14:paraId="26AADAE1" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C283DAF" w14:textId="77777777" w:rsidR="000C2B3F" w:rsidRDefault="000C2B3F">
+    <w:p w14:paraId="0604ABF9" w14:textId="77777777" w:rsidR="00F34636" w:rsidRDefault="00F34636">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D7E580E" w14:textId="57C49150" w:rsidR="00785C9E" w:rsidRDefault="00785C9E" w:rsidP="00711226">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>[Type text]</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>[Type text]</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>[Type text]</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1304D353" w14:textId="77777777" w:rsidR="00785C9E" w:rsidRDefault="00785C9E"/>
   <w:p w14:paraId="3B2BE082" w14:textId="77777777" w:rsidR="00785C9E" w:rsidRDefault="00785C9E"/>
   <w:p w14:paraId="1D50AE66" w14:textId="77777777" w:rsidR="00FE3AD2" w:rsidRDefault="00FE3AD2"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DFE47CE" w14:textId="2B079643" w:rsidR="00C55250" w:rsidRDefault="00C55250">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A8E7F44" w14:textId="12D7C8D0" w:rsidR="00194A48" w:rsidRPr="00194A48" w:rsidRDefault="00194A48" w:rsidP="00EB35AF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7B6B8759" w14:textId="518E3643" w:rsidR="00C55250" w:rsidRDefault="00C55250">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F7120248"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4973,51 +4994,51 @@
   <w:num w:numId="35" w16cid:durableId="899558317">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1094395348">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1621574561">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1213998955">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="227228612">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="397099289">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="465634137">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5047,290 +5068,299 @@
     <w:rsid w:val="000C222E"/>
     <w:rsid w:val="000C2B3F"/>
     <w:rsid w:val="000C5C7F"/>
     <w:rsid w:val="000C66CE"/>
     <w:rsid w:val="000D2DDA"/>
     <w:rsid w:val="000E349C"/>
     <w:rsid w:val="000F4C1A"/>
     <w:rsid w:val="00121844"/>
     <w:rsid w:val="00123DF3"/>
     <w:rsid w:val="00124A37"/>
     <w:rsid w:val="0013003A"/>
     <w:rsid w:val="001362D4"/>
     <w:rsid w:val="00151186"/>
     <w:rsid w:val="00194A48"/>
     <w:rsid w:val="00197AE1"/>
     <w:rsid w:val="001B0158"/>
     <w:rsid w:val="001C3CA4"/>
     <w:rsid w:val="001D0005"/>
     <w:rsid w:val="001E4D8B"/>
     <w:rsid w:val="001E4ED9"/>
     <w:rsid w:val="001F10A3"/>
     <w:rsid w:val="001F50D6"/>
     <w:rsid w:val="00226C98"/>
     <w:rsid w:val="00253FEB"/>
     <w:rsid w:val="0026024C"/>
+    <w:rsid w:val="00270A71"/>
     <w:rsid w:val="0028086A"/>
     <w:rsid w:val="00284ACA"/>
     <w:rsid w:val="002B3FE6"/>
     <w:rsid w:val="002B7F57"/>
     <w:rsid w:val="002E1961"/>
     <w:rsid w:val="003007CF"/>
     <w:rsid w:val="003011B0"/>
     <w:rsid w:val="00322CFA"/>
     <w:rsid w:val="00322F97"/>
     <w:rsid w:val="00324200"/>
     <w:rsid w:val="00333702"/>
     <w:rsid w:val="003500B7"/>
     <w:rsid w:val="00352BD5"/>
     <w:rsid w:val="0036754E"/>
     <w:rsid w:val="003B4DF7"/>
     <w:rsid w:val="003E66A5"/>
     <w:rsid w:val="003F19BF"/>
     <w:rsid w:val="00406328"/>
     <w:rsid w:val="004069E9"/>
     <w:rsid w:val="00412F30"/>
     <w:rsid w:val="0041614B"/>
     <w:rsid w:val="00420A8E"/>
     <w:rsid w:val="004337FB"/>
     <w:rsid w:val="004353D9"/>
     <w:rsid w:val="004542BA"/>
     <w:rsid w:val="004628E3"/>
     <w:rsid w:val="00462AA7"/>
     <w:rsid w:val="00490858"/>
     <w:rsid w:val="004908E8"/>
     <w:rsid w:val="004A395A"/>
     <w:rsid w:val="004A737A"/>
     <w:rsid w:val="004B5F37"/>
     <w:rsid w:val="004C1678"/>
     <w:rsid w:val="004D670E"/>
     <w:rsid w:val="004F6D12"/>
     <w:rsid w:val="00501C82"/>
     <w:rsid w:val="00511248"/>
     <w:rsid w:val="00526EA4"/>
     <w:rsid w:val="005322C7"/>
     <w:rsid w:val="005664E6"/>
+    <w:rsid w:val="0057761A"/>
+    <w:rsid w:val="0058522C"/>
     <w:rsid w:val="0059703B"/>
     <w:rsid w:val="005A12A9"/>
     <w:rsid w:val="005B51A0"/>
     <w:rsid w:val="005C0BE9"/>
     <w:rsid w:val="005C3040"/>
     <w:rsid w:val="005D143E"/>
     <w:rsid w:val="005D4123"/>
     <w:rsid w:val="005E72E5"/>
     <w:rsid w:val="00613B45"/>
     <w:rsid w:val="006459AD"/>
     <w:rsid w:val="00667B42"/>
     <w:rsid w:val="006718AF"/>
     <w:rsid w:val="00680406"/>
     <w:rsid w:val="00682FB0"/>
     <w:rsid w:val="006A2C64"/>
     <w:rsid w:val="006C2F7E"/>
     <w:rsid w:val="006D1879"/>
     <w:rsid w:val="006E0CC9"/>
     <w:rsid w:val="0070353A"/>
     <w:rsid w:val="0070704F"/>
     <w:rsid w:val="00711226"/>
     <w:rsid w:val="00743E5F"/>
     <w:rsid w:val="00745C93"/>
     <w:rsid w:val="0075296C"/>
     <w:rsid w:val="007553DA"/>
     <w:rsid w:val="007651E6"/>
     <w:rsid w:val="007737C3"/>
     <w:rsid w:val="00785C9E"/>
     <w:rsid w:val="007A2B0F"/>
     <w:rsid w:val="007C5E12"/>
     <w:rsid w:val="007E2F5F"/>
     <w:rsid w:val="007F5106"/>
     <w:rsid w:val="007F5237"/>
     <w:rsid w:val="007F7BFA"/>
     <w:rsid w:val="00804C40"/>
+    <w:rsid w:val="00814775"/>
     <w:rsid w:val="00835CC0"/>
     <w:rsid w:val="00836025"/>
     <w:rsid w:val="0083677B"/>
     <w:rsid w:val="008409C8"/>
     <w:rsid w:val="00847C70"/>
     <w:rsid w:val="00852945"/>
     <w:rsid w:val="00882C9E"/>
+    <w:rsid w:val="00896BBE"/>
     <w:rsid w:val="008A2774"/>
     <w:rsid w:val="008C2C8A"/>
     <w:rsid w:val="008C4FA3"/>
     <w:rsid w:val="008D7D05"/>
     <w:rsid w:val="00902BA7"/>
     <w:rsid w:val="00910BBE"/>
     <w:rsid w:val="00915C63"/>
     <w:rsid w:val="00926E48"/>
     <w:rsid w:val="00941478"/>
     <w:rsid w:val="00954462"/>
     <w:rsid w:val="00955DB4"/>
     <w:rsid w:val="00996502"/>
     <w:rsid w:val="009A1309"/>
     <w:rsid w:val="009B2F9C"/>
     <w:rsid w:val="009C73C4"/>
     <w:rsid w:val="009D13EC"/>
     <w:rsid w:val="009D253E"/>
     <w:rsid w:val="009E3697"/>
     <w:rsid w:val="009F3749"/>
     <w:rsid w:val="009F4A9E"/>
     <w:rsid w:val="00A02598"/>
     <w:rsid w:val="00A17D4B"/>
     <w:rsid w:val="00A56E67"/>
     <w:rsid w:val="00A56F2E"/>
     <w:rsid w:val="00A6012C"/>
     <w:rsid w:val="00A63BB6"/>
     <w:rsid w:val="00A70920"/>
     <w:rsid w:val="00A74EE6"/>
     <w:rsid w:val="00A843E7"/>
     <w:rsid w:val="00A849C7"/>
     <w:rsid w:val="00A8657D"/>
     <w:rsid w:val="00A86A77"/>
     <w:rsid w:val="00A86E19"/>
     <w:rsid w:val="00A91ECD"/>
     <w:rsid w:val="00A96755"/>
     <w:rsid w:val="00AA0DC0"/>
     <w:rsid w:val="00AA70E0"/>
     <w:rsid w:val="00AB5E72"/>
+    <w:rsid w:val="00AC7AFA"/>
     <w:rsid w:val="00AE054E"/>
     <w:rsid w:val="00AE1454"/>
     <w:rsid w:val="00AF3DE5"/>
+    <w:rsid w:val="00AF4115"/>
     <w:rsid w:val="00AF466B"/>
     <w:rsid w:val="00B1359F"/>
     <w:rsid w:val="00B2337C"/>
     <w:rsid w:val="00B315C2"/>
     <w:rsid w:val="00B45288"/>
     <w:rsid w:val="00B45C89"/>
     <w:rsid w:val="00B52EDA"/>
     <w:rsid w:val="00B54B4D"/>
     <w:rsid w:val="00B55C3F"/>
     <w:rsid w:val="00B571BE"/>
     <w:rsid w:val="00B7047D"/>
     <w:rsid w:val="00B70ED4"/>
     <w:rsid w:val="00B77220"/>
     <w:rsid w:val="00B80232"/>
     <w:rsid w:val="00B86033"/>
     <w:rsid w:val="00B86E78"/>
     <w:rsid w:val="00BA000E"/>
     <w:rsid w:val="00BC277A"/>
     <w:rsid w:val="00BE2076"/>
     <w:rsid w:val="00BE6216"/>
     <w:rsid w:val="00C013DE"/>
     <w:rsid w:val="00C13F97"/>
     <w:rsid w:val="00C2012E"/>
     <w:rsid w:val="00C224C0"/>
     <w:rsid w:val="00C30C3D"/>
     <w:rsid w:val="00C3252B"/>
     <w:rsid w:val="00C34B5D"/>
     <w:rsid w:val="00C35920"/>
+    <w:rsid w:val="00C37EAA"/>
     <w:rsid w:val="00C41D2A"/>
     <w:rsid w:val="00C55250"/>
     <w:rsid w:val="00C66982"/>
     <w:rsid w:val="00C73D5D"/>
     <w:rsid w:val="00C865A3"/>
     <w:rsid w:val="00C95456"/>
     <w:rsid w:val="00C95C6C"/>
     <w:rsid w:val="00CA3ADC"/>
     <w:rsid w:val="00CB428C"/>
     <w:rsid w:val="00CF3C99"/>
     <w:rsid w:val="00CF5202"/>
     <w:rsid w:val="00D00D74"/>
     <w:rsid w:val="00D01552"/>
     <w:rsid w:val="00D20730"/>
     <w:rsid w:val="00D2207A"/>
     <w:rsid w:val="00D32905"/>
     <w:rsid w:val="00D412AE"/>
     <w:rsid w:val="00D5278D"/>
     <w:rsid w:val="00D55C82"/>
     <w:rsid w:val="00D84948"/>
     <w:rsid w:val="00D849EB"/>
     <w:rsid w:val="00DD6A15"/>
     <w:rsid w:val="00DE0DCE"/>
     <w:rsid w:val="00DF29D9"/>
     <w:rsid w:val="00E0128D"/>
     <w:rsid w:val="00E0319B"/>
     <w:rsid w:val="00E041C1"/>
     <w:rsid w:val="00E05BFC"/>
     <w:rsid w:val="00E11F95"/>
     <w:rsid w:val="00E333FF"/>
     <w:rsid w:val="00E540AA"/>
     <w:rsid w:val="00E575B5"/>
     <w:rsid w:val="00E62373"/>
     <w:rsid w:val="00E67A14"/>
     <w:rsid w:val="00E73B94"/>
     <w:rsid w:val="00E90958"/>
     <w:rsid w:val="00EB314A"/>
     <w:rsid w:val="00EB35AF"/>
     <w:rsid w:val="00EE74E7"/>
     <w:rsid w:val="00EF71D0"/>
     <w:rsid w:val="00F00DB1"/>
     <w:rsid w:val="00F16E9F"/>
     <w:rsid w:val="00F24B67"/>
+    <w:rsid w:val="00F34636"/>
     <w:rsid w:val="00F40955"/>
     <w:rsid w:val="00F439A3"/>
     <w:rsid w:val="00F549E3"/>
     <w:rsid w:val="00F54B99"/>
     <w:rsid w:val="00F574CF"/>
     <w:rsid w:val="00F67A73"/>
     <w:rsid w:val="00F82048"/>
     <w:rsid w:val="00F9478B"/>
     <w:rsid w:val="00FC2EF1"/>
     <w:rsid w:val="00FC4671"/>
     <w:rsid w:val="00FC7342"/>
     <w:rsid w:val="00FE3AD2"/>
     <w:rsid w:val="20D02EF9"/>
     <w:rsid w:val="4E80CC76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B3A2E79"/>
   <w15:docId w15:val="{86974A7C-88FC-4E15-9919-0E28866F17EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6385,80 +6415,80 @@
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00490858"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="109714018">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metrocouncil.org/Wastewater-Water/Funding-Finance/Available-Funding-Grants/Private-Property-Inflow-and-Infiltration-Grants.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metrocouncil.org/Wastewater-Water/Funding-Finance/Available-Funding-Grants/Private-Property-Inflow-and-Infiltration-Grants.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E60B49D61A184612BF31AD2B79915B3A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5C84B606-5556-45E7-9D9C-41A860B1F161}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F94625" w:rsidRDefault="00396209" w:rsidP="00396209">
           <w:pPr>
             <w:pStyle w:val="E60B49D61A184612BF31AD2B79915B3A1"/>
           </w:pPr>
           <w:r w:rsidRPr="004F6D12">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="MS Gothic"/>
@@ -6719,51 +6749,51 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{73D1BFA8-AF54-4483-BE3C-AC5E9549C265}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00396209" w:rsidRDefault="00396209">
           <w:r w:rsidRPr="00D319D2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6800,100 +6830,104 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A56E67"/>
     <w:rsid w:val="00080E51"/>
     <w:rsid w:val="00246A34"/>
     <w:rsid w:val="00396209"/>
+    <w:rsid w:val="003B3E96"/>
     <w:rsid w:val="00505467"/>
     <w:rsid w:val="00526EA4"/>
     <w:rsid w:val="00562C2C"/>
+    <w:rsid w:val="0057761A"/>
     <w:rsid w:val="006054A5"/>
     <w:rsid w:val="00A56E67"/>
+    <w:rsid w:val="00AF4115"/>
     <w:rsid w:val="00B310CF"/>
+    <w:rsid w:val="00C37EAA"/>
     <w:rsid w:val="00D571B1"/>
     <w:rsid w:val="00F94625"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7425,51 +7459,51 @@
       <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE87D9D6566F4F4D81BDC6AE2499560A1">
     <w:name w:val="BE87D9D6566F4F4D81BDC6AE2499560A1"/>
     <w:rsid w:val="00396209"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Council Colors">
   <a:themeElements>
     <a:clrScheme name="MCouncil Colors 2">
       <a:dk1>
         <a:srgbClr val="373737"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="373737"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E6E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005DAA"/>
       </a:accent1>
       <a:accent2>
@@ -7708,222 +7742,182 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Council Colors" id="{A76FF0B2-E1FF-A440-9E36-2A1668F04708}" vid="{97CD62A1-1965-6D49-8416-96FC425AAF1E}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-    <xsd:import namespace="d2b82564-6d8b-4f25-9be4-570967610a58"/>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100874C36142B1E774A8DA3D85A1008622D" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8654763b25116b5e67eb9023920dd59a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="ba120aac-2fb2-44ba-8886-bd72401d1c37" xmlns:ns4="37ec06e3-3d7b-447a-9afc-51f249ecfd56" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36cb50c5faace9de6c8628c31fc93125" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="ba120aac-2fb2-44ba-8886-bd72401d1c37"/>
+    <xsd:import namespace="37ec06e3-3d7b-447a-9afc-51f249ecfd56"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...17 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b79133b3-be0f-4925-b318-0350c512b48c" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba120aac-2fb2-44ba-8886-bd72401d1c37" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="12" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
-[...28 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d2b82564-6d8b-4f25-9be4-570967610a58" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="37ec06e3-3d7b-447a-9afc-51f249ecfd56" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2fe9186e-3e10-4b15-a7f8-7d9ee1e621fe}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d2b82564-6d8b-4f25-9be4-570967610a58">
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{83b15c8c-e455-4c84-a0c7-9eacbc259b4d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="37ec06e3-3d7b-447a-9afc-51f249ecfd56">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -7990,139 +7984,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Comments xmlns="b79133b3-be0f-4925-b318-0350c512b48c" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b79133b3-be0f-4925-b318-0350c512b48c">
+    <TaxCatchAll xmlns="37ec06e3-3d7b-447a-9afc-51f249ecfd56" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba120aac-2fb2-44ba-8886-bd72401d1c37">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <Reviewed_x003f_ xmlns="b79133b3-be0f-4925-b318-0350c512b48c">true</Reviewed_x003f_>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABB6FC36-DF74-6A4F-8CD9-B87A9D6D2791}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FB78243-4C32-4240-B18F-FC233D5B12C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="ba120aac-2fb2-44ba-8886-bd72401d1c37"/>
+    <ds:schemaRef ds:uri="37ec06e3-3d7b-447a-9afc-51f249ecfd56"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3330C2E3-A0BC-4456-AA32-10579C4EABC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05733E84-9D70-42F5-9936-3ACE4D36CEC5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABB6FC36-DF74-6A4F-8CD9-B87A9D6D2791}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE672827-FCA6-470B-81F1-AC1D785EC64D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6808149D-A616-44FF-9995-B78617DD77B8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="ba120aac-2fb2-44ba-8886-bd72401d1c37"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="d2b82564-6d8b-4f25-9be4-570967610a58"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="b79133b3-be0f-4925-b318-0350c512b48c"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="37ec06e3-3d7b-447a-9afc-51f249ecfd56"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>374</Words>
-  <Characters>2135</Characters>
+  <Words>365</Words>
+  <Characters>2153</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Document</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2504</CharactersWithSpaces>
+  <CharactersWithSpaces>2494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Document</dc:title>
   <dc:subject/>
   <dc:creator>Steinweg, Emily</dc:creator>
   <cp:keywords>Metropolitan Council</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100866108762FA14741A89D3CB50676E6BC</vt:lpwstr>
+    <vt:lpwstr>0x010100874C36142B1E774A8DA3D85A1008622D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>