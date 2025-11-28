--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -107,495 +107,57 @@
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
       <w:r w:rsidR="009518DB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795CF9C6" w14:textId="2A15A046" w:rsidR="00723188" w:rsidRDefault="00F17318">
+    <w:p w14:paraId="795CF9C6" w14:textId="0BDD9B79" w:rsidR="00723188" w:rsidRDefault="00F17318">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...436 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59A9C99E" wp14:editId="516C8103">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59A9C99E" wp14:editId="4FA22C26">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 1" descr="MetcMark4C 243x221"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
@@ -2542,50 +2104,51 @@
         <w:trPr>
           <w:trHeight w:val="278"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="263971CF" w14:textId="77777777" w:rsidR="000F56C3" w:rsidRPr="00DC058B" w:rsidRDefault="00342A44" w:rsidP="000F56C3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000F56C3" w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04CFE812" w14:textId="77777777" w:rsidR="000F56C3" w:rsidRPr="00DC058B" w:rsidRDefault="00342A44" w:rsidP="00342A44">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
@@ -5949,84 +5512,84 @@
           </w:tcPr>
           <w:p w14:paraId="3682F387" w14:textId="77777777" w:rsidR="00EF38D1" w:rsidRDefault="00EF38D1" w:rsidP="00BD1838">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22B9A8F0" w14:textId="77777777" w:rsidR="008B69C9" w:rsidRDefault="008B69C9" w:rsidP="00553775">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4792B2F6" w14:textId="77777777" w:rsidR="00553775" w:rsidRPr="00553775" w:rsidRDefault="00553775" w:rsidP="008B69C9"/>
     <w:p w14:paraId="61E874E9" w14:textId="77777777" w:rsidR="00385F5D" w:rsidRDefault="00385F5D" w:rsidP="00553775">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Industrial Wastewater</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD9FDEA" w14:textId="77777777" w:rsidR="008463F6" w:rsidRPr="00BD6DC3" w:rsidRDefault="00F20F62" w:rsidP="007D60F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="806"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
         <w:t>Please indicate any incoming water treatment (check all that apply):</w:t>
       </w:r>
       <w:r w:rsidR="007635E9" w:rsidRPr="00BD6DC3">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEEC9BC" w14:textId="77777777" w:rsidR="00F20F62" w:rsidRPr="00BD6DC3" w:rsidRDefault="007635E9" w:rsidP="008463F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD6DC3">
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Check14"/>
       <w:r w:rsidRPr="00BD6DC3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BD6DC3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00BD6DC3">
         <w:t xml:space="preserve"> None</w:t>
@@ -7801,72 +7364,64 @@
         </w:rPr>
         <w:t xml:space="preserve">requency should provide enough information to determine whether discharge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>from this</w:t>
       </w:r>
       <w:r w:rsidR="00E74F0A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pretreatment process is continuous or intermittent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56ED9C81" w14:textId="77777777" w:rsidR="00100C58" w:rsidRPr="00BD6DC3" w:rsidRDefault="000457C0" w:rsidP="000457C0">
+    <w:p w14:paraId="56ED9C81" w14:textId="431CB361" w:rsidR="00100C58" w:rsidRPr="00BD6DC3" w:rsidRDefault="000457C0" w:rsidP="000457C0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
         <w:t>Does yo</w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ur </w:t>
       </w:r>
       <w:r w:rsidR="00E74F0A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>facility</w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00BD6DC3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> have batch discharge</w:t>
@@ -8546,75 +8101,84 @@
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E74F0A" w:rsidRPr="00E74F0A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Use a separate sheet if necessary)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AD8EE3" w14:textId="77777777" w:rsidR="00D55EB0" w:rsidRPr="00C30332" w:rsidRDefault="00A84E8E" w:rsidP="00C30332">
       <w:pPr>
         <w:ind w:left="1362" w:hanging="930"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00D55EB0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00C30332">
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00F832F9" w:rsidRPr="00C30332">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C30332">
         <w:tab/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00C30332">
         <w:t xml:space="preserve"> batch discharge is defined as an infrequent or periodic discharge of industrial waste which includes, but is not limited to the</w:t>
       </w:r>
       <w:r w:rsidR="00DD6036">
-        <w:t xml:space="preserve"> following: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD6036">
+        <w:t>following:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD6036">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00824B1B">
         <w:t xml:space="preserve">spent acid or caustic solutions, </w:t>
       </w:r>
       <w:r w:rsidR="00D55EB0" w:rsidRPr="00C30332">
         <w:t xml:space="preserve">spent process solutions, </w:t>
       </w:r>
       <w:r w:rsidR="00C46B21" w:rsidRPr="00C30332">
         <w:t xml:space="preserve">machining coolants, concentrated dead rinses, etc.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="584F96B2" w14:textId="64274BA5" w:rsidR="00100C58" w:rsidRDefault="00C216E4" w:rsidP="00100C58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="288"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
@@ -9258,74 +8822,65 @@
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E74F0A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Use separate sheet if necessary)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31913413" w14:textId="77777777" w:rsidR="00DD6036" w:rsidRDefault="009C6D27" w:rsidP="009C6D27">
+    <w:p w14:paraId="31913413" w14:textId="39B2F228" w:rsidR="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="009C6D27">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00DD6036">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
         <w:t>Analytical Data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8779E5" w14:textId="77777777" w:rsidR="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00DD6036">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Has any portion of this facility’s wastewater discharge been monitored or analyzed in the past two years?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5C1A7D" w14:textId="77777777" w:rsidR="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00DD6036">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
@@ -9378,72 +8933,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2A70EE26" w14:textId="6AC94914" w:rsidR="00DD6036" w:rsidRPr="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00DD6036">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidR="00E21F07" w:rsidRPr="006923AF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>IWPP</w:t>
       </w:r>
       <w:r w:rsidRPr="006923AF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>will notify you if wastewater monitoring is required as part of this permit application process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496CFF3F" w14:textId="77777777" w:rsidR="00DD6036" w:rsidRPr="00DD6036" w:rsidRDefault="00DD6036" w:rsidP="00DD6036"/>
     <w:p w14:paraId="7588ECC0" w14:textId="77777777" w:rsidR="00513A33" w:rsidRDefault="00513A33" w:rsidP="00513A33">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Permits and Licenses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20EF6BED" w14:textId="77777777" w:rsidR="005B3068" w:rsidRDefault="00C46B21" w:rsidP="00513A33">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00513A33">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Federal Tax ID Number:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
@@ -9996,57 +9551,172 @@
       <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="005B3068">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00513A33">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="1C0C2569" w14:textId="77777777" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="00C46B21" w:rsidP="00DD6036">
+    <w:p w14:paraId="4AD22CBC" w14:textId="3CC3AC3A" w:rsidR="008515E6" w:rsidRPr="008515E6" w:rsidRDefault="008515E6" w:rsidP="008515E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:ind w:left="806"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Business name as noted on federal tax forms: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text13"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100C58">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0C2569" w14:textId="77777777" w:rsidR="00C46B21" w:rsidRPr="00100C58" w:rsidRDefault="00C46B21" w:rsidP="008515E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="806"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Does this facility have an NPDES/SDS permit for </w:t>
       </w:r>
       <w:r w:rsidR="005B3068" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00B62B22" w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
@@ -11299,302 +10969,285 @@
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00542E19">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00100C58">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>es, complete the table below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB0917F" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00100C58" w:rsidRDefault="00B62B22" w:rsidP="00B62B22">
-[...9 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="918" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3468"/>
         <w:gridCol w:w="3287"/>
         <w:gridCol w:w="3117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A90186" w:rsidRPr="00DC058B" w14:paraId="321E533D" w14:textId="77777777" w:rsidTr="00100C58">
+      <w:tr w:rsidR="00A90186" w:rsidRPr="00DC058B" w14:paraId="321E533D" w14:textId="77777777" w:rsidTr="008515E6">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3478" w:type="dxa"/>
+            <w:tcW w:w="3468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59CA8DC7" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="008A3C8E" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Hazardous Waste </w:t>
             </w:r>
             <w:r w:rsidR="00A90186" w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Discharge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AADE090" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00A90186" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Quantity (gallons)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3125" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B8CC2EA" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00A90186" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC058B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Discharge Frequency</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A90186" w:rsidRPr="00DC058B" w14:paraId="0FB23F26" w14:textId="77777777" w:rsidTr="00100C58">
+      <w:tr w:rsidR="00A90186" w:rsidRPr="00DC058B" w14:paraId="0FB23F26" w14:textId="77777777" w:rsidTr="008515E6">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3478" w:type="dxa"/>
+            <w:tcW w:w="3468" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="506C28E5" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6069BBF2" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3125" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="535C1C30" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A90186" w:rsidRPr="00DC058B" w14:paraId="11695669" w14:textId="77777777" w:rsidTr="00100C58">
+      <w:tr w:rsidR="00A90186" w:rsidRPr="00DC058B" w14:paraId="11695669" w14:textId="77777777" w:rsidTr="008515E6">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3478" w:type="dxa"/>
+            <w:tcW w:w="3468" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="442D42E3" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="176BCD24" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3125" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DA9AD48" w14:textId="77777777" w:rsidR="00B62B22" w:rsidRPr="00DC058B" w:rsidRDefault="00B62B22" w:rsidP="008A3C8E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E8B8C27" w14:textId="77777777" w:rsidR="005B7E7D" w:rsidRPr="005B7E7D" w:rsidRDefault="00513A33" w:rsidP="005B7E7D">
+    <w:p w14:paraId="6E8B8C27" w14:textId="2100AE24" w:rsidR="005B7E7D" w:rsidRPr="005B7E7D" w:rsidRDefault="005B7E7D" w:rsidP="005B7E7D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="005B7E7D">
         <w:t>Facility / Site Diagram</w:t>
       </w:r>
       <w:r w:rsidR="00531A8C">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005B7E7D" w:rsidRPr="005B7E7D">
+      <w:r w:rsidRPr="005B7E7D">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00531A8C">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8CB0D8" w14:textId="77777777" w:rsidR="001F1106" w:rsidRPr="008A3C8E" w:rsidRDefault="001F1106" w:rsidP="00EC2625">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Provide current diagram</w:t>
       </w:r>
       <w:r w:rsidR="000E0ED4" w:rsidRPr="008A3C8E">
         <w:rPr>
@@ -11693,51 +11346,67 @@
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2B241FCD" w14:textId="6F464CCE" w:rsidR="001F1106" w:rsidRPr="008A3C8E" w:rsidRDefault="001F1106" w:rsidP="00EC2625">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Manufacturing or process areas where industrial waste is generated</w:t>
+        <w:t xml:space="preserve">Manufacturing or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> areas where industrial waste is generated</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23E4BFCF" w14:textId="6D033423" w:rsidR="001F1106" w:rsidRPr="008A3C8E" w:rsidRDefault="001F1106" w:rsidP="00EC2625">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Main water supply </w:t>
       </w:r>
       <w:r w:rsidR="000E0ED4" w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
@@ -11868,79 +11537,111 @@
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Miscellaneous sources of industrial waste</w:t>
       </w:r>
       <w:r w:rsidR="000E0ED4" w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> such as cooling tower bleed</w:t>
+        <w:t xml:space="preserve"> such as cooling tower </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>bleed</w:t>
       </w:r>
       <w:r w:rsidR="00531A8C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>off and boiler blow</w:t>
+        <w:t>off</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and boiler </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>blow</w:t>
       </w:r>
       <w:r w:rsidR="00531A8C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>down.</w:t>
+        <w:t>down</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C970BB" w14:textId="77777777" w:rsidR="001F1106" w:rsidRPr="008A3C8E" w:rsidRDefault="001F1106" w:rsidP="000524B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="432"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Also</w:t>
       </w:r>
       <w:r w:rsidR="00F7730C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
@@ -11971,51 +11672,67 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Equipment or processes using non-contact cooling water; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9ACBC3" w14:textId="77777777" w:rsidR="001F1106" w:rsidRPr="008A3C8E" w:rsidRDefault="001F1106" w:rsidP="000524B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chemicals stored at this facility in quantities greater than 5 gallons that have the potential to </w:t>
+        <w:t xml:space="preserve">Chemicals stored at this facility in quantities greater than 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>gallons that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A3C8E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have the potential to </w:t>
       </w:r>
       <w:r w:rsidR="000E0ED4" w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>ffect the characteristics of the wastewater discharge</w:t>
       </w:r>
       <w:r w:rsidR="00531A8C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> if released</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C8E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
@@ -12226,51 +11943,67 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Yes, the process flow schematic(s) should be classified as trade secret information. </w:t>
+        <w:t xml:space="preserve"> Yes, the process flow schematic(s) should be classified as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>trade secret</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45905225" w14:textId="77777777" w:rsidR="00EC2625" w:rsidRPr="00936135" w:rsidRDefault="00EC2625" w:rsidP="00C30332">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00936135">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide a process flow schematic for </w:t>
       </w:r>
       <w:r w:rsidRPr="00531A8C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
@@ -12439,67 +12172,50 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00936135">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Wastewater volume deter</w:t>
       </w:r>
       <w:r w:rsidR="000524B4">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>mination methods (meters, etc.)</w:t>
-      </w:r>
-[...15 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F80C780" w14:textId="5FF13F50" w:rsidR="00462084" w:rsidRPr="00462084" w:rsidRDefault="00462084" w:rsidP="00921FBE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Public Information Policy</w:t>
       </w:r>
     </w:p>
@@ -12953,318 +12669,350 @@
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29B2D71F" w14:textId="77777777" w:rsidR="005B3439" w:rsidRPr="00DC058B" w:rsidRDefault="005B3439" w:rsidP="00DC058B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3571EB64" w14:textId="4C837874" w:rsidR="009702F8" w:rsidRDefault="000137BD" w:rsidP="009702F8">
-[...1 lines deleted...]
-        <w:spacing w:before="840"/>
+    <w:p w14:paraId="3571EB64" w14:textId="4C837874" w:rsidR="009702F8" w:rsidRDefault="000137BD" w:rsidP="008515E6">
+      <w:pPr>
+        <w:spacing w:before="480"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Send completed application </w:t>
       </w:r>
       <w:r w:rsidR="009702F8">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">and Certification of Signatory Authority form </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3439">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E602042" w14:textId="74B690E8" w:rsidR="000137BD" w:rsidRDefault="000137BD" w:rsidP="009518DB">
+    <w:p w14:paraId="6E602042" w14:textId="74B690E8" w:rsidR="000137BD" w:rsidRDefault="000137BD" w:rsidP="008515E6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="3360"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Metropolitan Council Environmental Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009702F8">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>ndustrial Waste and Pollution Prevention Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009702F8">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>90 Robert Street</w:t>
+      </w:r>
+      <w:r w:rsidR="000524B4">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000524B4" w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>North</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3439">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>St. Paul, MN 55101-1805</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A93FCD" w14:paraId="5E63CCAA" w14:textId="77777777" w:rsidTr="008515E6">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CBE340" w14:textId="433F3913" w:rsidR="00A93FCD" w:rsidRPr="008515E6" w:rsidRDefault="00A93FCD" w:rsidP="0009166B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515E6">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>For office use only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D9D7AE" w14:textId="77777777" w:rsidR="00A93FCD" w:rsidRDefault="00A93FCD" w:rsidP="0009166B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date Received ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51340859" w14:textId="77777777" w:rsidR="00A93FCD" w:rsidRDefault="00A93FCD" w:rsidP="0009166B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility ID____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54312BE0" w14:textId="77777777" w:rsidR="00A93FCD" w:rsidRDefault="00A93FCD" w:rsidP="0009166B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permit # ________ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6D1FA4" w14:textId="77777777" w:rsidR="00A93FCD" w:rsidRDefault="00A93FCD" w:rsidP="0009166B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Permit Staff ______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D6F4224" w14:textId="5864F5D0" w:rsidR="00F17318" w:rsidRDefault="009702F8" w:rsidP="00A93FCD">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4119E393" w14:textId="6B7D5B73" w:rsidR="00F17318" w:rsidRDefault="00F17318" w:rsidP="009518DB">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B3439">
-[...79 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
-[...15 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <mc:AlternateContent>
-[...121 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EBBE17F" wp14:editId="25949D8A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EBBE17F" wp14:editId="432A4AE8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-211455</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-47625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="17" name="Picture 1" descr="MetcMark4C 243x221"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
@@ -13421,51 +13169,50 @@
     <w:p w14:paraId="6C980DEE" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:r>
         <w:t>I, the undersigned, do hereby certify that I meet the definition of a signatory authority as outlined below:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="009702F8" w14:paraId="3B2CB953" w14:textId="77777777" w:rsidTr="00D92D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="205B671D" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:r>
               <w:t>Signatories must be one of the following as found in 40 CFR 403.12(l):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D8F7C8E" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>For a corporation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34AA3631" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -13538,280 +13285,264 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3DCE6F2F" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:pPr>
         <w:spacing w:before="240" w:after="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I accept the responsibility for the operation of the facility and/or the compliance with all regulatory requirements for the facility from which the wastewater discharge originates. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2894"/>
         <w:gridCol w:w="5030"/>
         <w:gridCol w:w="1169"/>
         <w:gridCol w:w="1707"/>
       </w:tblGrid>
       <w:tr w:rsidR="009702F8" w14:paraId="5D24E8E5" w14:textId="77777777" w:rsidTr="00D92D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="338C233C" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Name of Signatory Authority:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22308160" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39E00BC7" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6330AB35" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009702F8" w14:paraId="50A7687B" w14:textId="77777777" w:rsidTr="00D92D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C076E75" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74257377" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BCB8AE6" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A9C7E56" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009702F8" w14:paraId="142AF3AA" w14:textId="77777777" w:rsidTr="00D92D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41601C36" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F27222E" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B56FB07" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12E91DDA" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009702F8" w14:paraId="6E089044" w14:textId="77777777" w:rsidTr="00D92D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ED26E77" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r>
               <w:t>Facility Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79E49D6C" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52784267" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A984128" w14:textId="77777777" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="00D92D26">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="599380C1" w14:textId="05F8BC9A" w:rsidR="009702F8" w:rsidRDefault="009702F8" w:rsidP="009702F8">
       <w:pPr>
         <w:spacing w:before="480"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">All correspondence regarding permit, enforcement, and self-monitoring issues (e.g., renewal applications, notice of violations, and SMRs) shall be sent to the signatory authority or the designated signatory if properly authorized.  If there is a change in the signatory authority or the designated signatory, </w:t>
       </w:r>
       <w:r w:rsidRPr="006923AF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="007A0CF5" w:rsidRPr="006923AF">
         <w:rPr>
           <w:color w:val="auto"/>
@@ -13845,58 +13576,58 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For reporting via the Industrial Online Reporting System (IORS), the signatory authority and/or the designated signatory must complete the Electronic Signature Agreement (ESA).  Once the ESA is approved, the signatory authority and/or the designated signatory shall be the only people with “Responsible Official” </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7A4A">
         <w:t>accounts (authority to sign and submit)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the IORS.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009702F8" w:rsidRPr="009702F8" w:rsidSect="002C277B">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49465626" w14:textId="77777777" w:rsidR="00A54E30" w:rsidRDefault="00A54E30" w:rsidP="00CD515D">
+    <w:p w14:paraId="0ED11CB8" w14:textId="77777777" w:rsidR="009338A1" w:rsidRDefault="009338A1" w:rsidP="00CD515D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EFCAA7A" w14:textId="77777777" w:rsidR="00A54E30" w:rsidRDefault="00A54E30" w:rsidP="00CD515D">
+    <w:p w14:paraId="5E43BF91" w14:textId="77777777" w:rsidR="009338A1" w:rsidRDefault="009338A1" w:rsidP="00CD515D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -13922,51 +13653,51 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0C23F41F" w14:textId="7810D0BF" w:rsidR="00A27FF4" w:rsidRPr="006A58D7" w:rsidRDefault="00CD6C0C" w:rsidP="006A58D7">
+  <w:p w14:paraId="0C23F41F" w14:textId="39BB31CE" w:rsidR="00A27FF4" w:rsidRPr="006A58D7" w:rsidRDefault="00CD6C0C" w:rsidP="006A58D7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>I</w:t>
     </w:r>
     <w:r w:rsidR="006923AF">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">ndustrial </w:t>
     </w:r>
@@ -13986,51 +13717,67 @@
       </w:rPr>
       <w:t xml:space="preserve">ischarge </w:t>
     </w:r>
     <w:r w:rsidR="00A27FF4" w:rsidRPr="006A58D7">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Permit</w:t>
     </w:r>
     <w:r w:rsidR="006923AF">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00A27FF4" w:rsidRPr="006A58D7">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Application-20</w:t>
+      <w:t>Application-</w:t>
+    </w:r>
+    <w:r w:rsidR="00A93FCD">
+      <w:rPr>
+        <w:color w:val="808080"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Nov </w:t>
+    </w:r>
+    <w:r w:rsidR="00A27FF4" w:rsidRPr="006A58D7">
+      <w:rPr>
+        <w:color w:val="808080"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="003368A3">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5A590474" w14:textId="77777777" w:rsidR="00A27FF4" w:rsidRDefault="00A27FF4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -14083,69 +13830,64 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EA704A">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="240CC303" w14:textId="77777777" w:rsidR="00A27FF4" w:rsidRDefault="00A27FF4">
-[...3 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F7F33D1" w14:textId="77777777" w:rsidR="00A54E30" w:rsidRDefault="00A54E30" w:rsidP="00CD515D">
+    <w:p w14:paraId="2910CB91" w14:textId="77777777" w:rsidR="009338A1" w:rsidRDefault="009338A1" w:rsidP="00CD515D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5729B160" w14:textId="77777777" w:rsidR="00A54E30" w:rsidRDefault="00A54E30" w:rsidP="00CD515D">
+    <w:p w14:paraId="2F07BF89" w14:textId="77777777" w:rsidR="009338A1" w:rsidRDefault="009338A1" w:rsidP="00CD515D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01CC3084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCF68756"/>
     <w:lvl w:ilvl="0" w:tplc="7C08C048">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -16039,143 +15781,151 @@
     <w:rsid w:val="006313F6"/>
     <w:rsid w:val="0067247C"/>
     <w:rsid w:val="006923AF"/>
     <w:rsid w:val="00695938"/>
     <w:rsid w:val="006A58D7"/>
     <w:rsid w:val="006F257D"/>
     <w:rsid w:val="00715A45"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="00737B71"/>
     <w:rsid w:val="007635E9"/>
     <w:rsid w:val="007A0CF5"/>
     <w:rsid w:val="007C4CC4"/>
     <w:rsid w:val="007D0DF5"/>
     <w:rsid w:val="007D0FD9"/>
     <w:rsid w:val="007D2C24"/>
     <w:rsid w:val="007D60F7"/>
     <w:rsid w:val="007D6C49"/>
     <w:rsid w:val="007F3189"/>
     <w:rsid w:val="0080576A"/>
     <w:rsid w:val="0081111B"/>
     <w:rsid w:val="0082241E"/>
     <w:rsid w:val="00824B1B"/>
     <w:rsid w:val="00842FE3"/>
     <w:rsid w:val="008463F6"/>
     <w:rsid w:val="00846ED4"/>
+    <w:rsid w:val="008515E6"/>
     <w:rsid w:val="00871311"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="008839F7"/>
     <w:rsid w:val="008919FA"/>
     <w:rsid w:val="008947A5"/>
+    <w:rsid w:val="00896876"/>
     <w:rsid w:val="008A3C8E"/>
     <w:rsid w:val="008B6703"/>
     <w:rsid w:val="008B69C9"/>
     <w:rsid w:val="008D2DFE"/>
     <w:rsid w:val="008D7AB7"/>
     <w:rsid w:val="00904CE3"/>
     <w:rsid w:val="00905D78"/>
+    <w:rsid w:val="009338A1"/>
     <w:rsid w:val="00936135"/>
     <w:rsid w:val="0093637A"/>
     <w:rsid w:val="009518DB"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="00962747"/>
     <w:rsid w:val="0097006A"/>
     <w:rsid w:val="009702F8"/>
     <w:rsid w:val="00977B0E"/>
     <w:rsid w:val="00990D1D"/>
     <w:rsid w:val="009A4CBA"/>
     <w:rsid w:val="009C5FA6"/>
     <w:rsid w:val="009C66EE"/>
     <w:rsid w:val="009C6D27"/>
+    <w:rsid w:val="009D71EA"/>
     <w:rsid w:val="009E63A6"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A13644"/>
     <w:rsid w:val="00A27E20"/>
     <w:rsid w:val="00A27FF4"/>
     <w:rsid w:val="00A54E30"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A7492C"/>
     <w:rsid w:val="00A76F99"/>
     <w:rsid w:val="00A80440"/>
     <w:rsid w:val="00A84E8E"/>
     <w:rsid w:val="00A90186"/>
+    <w:rsid w:val="00A93FCD"/>
     <w:rsid w:val="00AE30E4"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00B224B8"/>
     <w:rsid w:val="00B244AC"/>
     <w:rsid w:val="00B24E8D"/>
     <w:rsid w:val="00B302DF"/>
     <w:rsid w:val="00B34775"/>
     <w:rsid w:val="00B62B22"/>
+    <w:rsid w:val="00B67D84"/>
     <w:rsid w:val="00B74D97"/>
     <w:rsid w:val="00BA49B1"/>
     <w:rsid w:val="00BB6DBB"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00BD1838"/>
     <w:rsid w:val="00BD5D00"/>
     <w:rsid w:val="00BD6DC3"/>
     <w:rsid w:val="00BF3C27"/>
     <w:rsid w:val="00C00C8E"/>
     <w:rsid w:val="00C0309C"/>
     <w:rsid w:val="00C207DE"/>
     <w:rsid w:val="00C216E4"/>
+    <w:rsid w:val="00C2218E"/>
     <w:rsid w:val="00C30332"/>
     <w:rsid w:val="00C41D77"/>
     <w:rsid w:val="00C46B21"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C71E07"/>
     <w:rsid w:val="00C85949"/>
     <w:rsid w:val="00C944B2"/>
     <w:rsid w:val="00CC747B"/>
     <w:rsid w:val="00CD515D"/>
     <w:rsid w:val="00CD6C0C"/>
     <w:rsid w:val="00CF3D6E"/>
     <w:rsid w:val="00CF3F5D"/>
     <w:rsid w:val="00D1231F"/>
     <w:rsid w:val="00D14D25"/>
     <w:rsid w:val="00D229E6"/>
     <w:rsid w:val="00D42E2C"/>
     <w:rsid w:val="00D461B4"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D55EB0"/>
     <w:rsid w:val="00D75040"/>
     <w:rsid w:val="00D92D26"/>
     <w:rsid w:val="00DA5039"/>
     <w:rsid w:val="00DC058B"/>
     <w:rsid w:val="00DC5087"/>
     <w:rsid w:val="00DD6036"/>
     <w:rsid w:val="00DE203D"/>
     <w:rsid w:val="00E03BE4"/>
     <w:rsid w:val="00E03E4B"/>
     <w:rsid w:val="00E04B5C"/>
     <w:rsid w:val="00E21F07"/>
     <w:rsid w:val="00E56E10"/>
     <w:rsid w:val="00E64282"/>
     <w:rsid w:val="00E74F0A"/>
     <w:rsid w:val="00E86E8A"/>
     <w:rsid w:val="00EA704A"/>
     <w:rsid w:val="00EC2625"/>
+    <w:rsid w:val="00EC5F41"/>
     <w:rsid w:val="00EF38D1"/>
     <w:rsid w:val="00F06A5D"/>
     <w:rsid w:val="00F17318"/>
     <w:rsid w:val="00F20F62"/>
     <w:rsid w:val="00F531B5"/>
     <w:rsid w:val="00F7515B"/>
     <w:rsid w:val="00F7730C"/>
     <w:rsid w:val="00F832F9"/>
     <w:rsid w:val="00FA3CFD"/>
     <w:rsid w:val="00FB0243"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -17379,72 +17129,72 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AFF04D4-537C-4B93-AFBC-19C3F7DDD636}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2-PermitFormTemplate.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>11936</Characters>
+  <Pages>8</Pages>
+  <Words>2066</Words>
+  <Characters>11782</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>235</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Industrial Discharge Permit Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13398</CharactersWithSpaces>
+  <CharactersWithSpaces>13821</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Industrial Discharge Permit Application</dc:title>
   <dc:subject>Permit form</dc:subject>
-  <dc:creator>Lundell, Maggie</dc:creator>
+  <dc:creator/>
   <cp:keywords>IWPP</cp:keywords>
-  <dc:description>2025 - Updated certification language and removed MCES</dc:description>
+  <dc:description>11/2025- Removed text boxes. 2025 - Updated certification language and removed MCES</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Application</cp:category>
 </cp:coreProperties>
 </file>