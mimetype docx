--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -1470,105 +1470,114 @@
                               <w:t>Date:</w:t>
                             </w:r>
                             <w:r w:rsidR="00900A32">
                               <w:t xml:space="preserve"> ____________</w:t>
                             </w:r>
                             <w:r w:rsidR="00600298">
                               <w:t>__</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2807AA38" w14:textId="77777777" w:rsidR="00223DEF" w:rsidRDefault="00C92807" w:rsidP="00223DEF">
                             <w:pPr>
                               <w:pStyle w:val="DocumentDate"/>
                               <w:spacing w:before="240"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Approval: ______________________________________________________________</w:t>
                             </w:r>
                             <w:r w:rsidR="00600298">
                               <w:t>________</w:t>
                             </w:r>
                             <w:r w:rsidR="00600298">
                               <w:tab/>
                               <w:t>Date: ______________</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4919EC7A" w14:textId="54E550A6" w:rsidR="00C92807" w:rsidRDefault="00C92807" w:rsidP="0082569E">
+                          <w:p w14:paraId="4919EC7A" w14:textId="584E3F26" w:rsidR="00C92807" w:rsidRDefault="00C92807" w:rsidP="0082569E">
                             <w:pPr>
                               <w:pStyle w:val="DocumentDate"/>
                               <w:spacing w:after="120"/>
                             </w:pPr>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="00CA6F2F">
                               <w:rPr>
                                 <w:rStyle w:val="SubtleEmphasis"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Director of Pretreatment and Finance</w:t>
+                              <w:t>Director of Finance</w:t>
                             </w:r>
-                            <w:r>
-                              <w:tab/>
+                            <w:r w:rsidR="00B77596">
+                              <w:rPr>
+                                <w:rStyle w:val="SubtleEmphasis"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> and Administration</w:t>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:tab/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0E219E8A" id="Text Box 14" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:14.65pt;margin-top:8.8pt;width:525.75pt;height:115.35pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoUPUcHAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJc2mNOEWXLsOA&#10;7gJ0+wBFlmNhsqhRSuzs60fJ7mUX7GGYBQikKR0eHlLr67417KTQa7Aln05yzpSVUGl7KPmXz7tX&#10;l5z5IGwlDFhV8rPy/Hrz8sW6c4WaQQOmUsgIxPqicyVvQnBFlnnZqFb4CThlKVgDtiKQi4esQtER&#10;emuyWZ4vsw6wcghSeU9/b4cg3yT8ulYyfKxrrwIzJSduIe2Y9n3cs81aFAcUrtFypCH+gUUrtKWk&#10;j1C3Igh2RP0bVKslgoc6TCS0GdS1lirVQNVM81+quW+EU6kWEse7R5n8/4OVH0737hOy0L+GnhqY&#10;ivDuDuRXzyxsG2EP6gYRukaJihJPo2RZ53wxXo1S+8JHkH33HipqsjgGSEB9jW1UhepkhE4NOD+K&#10;rvrAJP1cLlerfLbgTFJsOl/OVxcXKYcoHq479OGtgpZFo+RIXU3w4nTnQ6QjiocjMZsHo6udNiY5&#10;eNhvDbKToAnYzeIa0X86ZizrSn61ICJ/h5jncf0JotWBRtnotuSXefziIVFE3d7YKtlBaDPYRNnY&#10;Ucio3aBi6Pc909WoctR1D9WZlEUYJpdeGhkN4HfOOprakvtvR4GKM/POUneupnMix0Jy5ovVjBx8&#10;Htk/jwgrCarkgbPB3IbhaRwd6kNDmYZ5sHBDHa110vqJ1UifJjO1YHxFcfSf++nU01vf/AAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAM0jpAHeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SFwQtdtACSFOhZCgXCk5cHTjbRKI11HspIGvZ3uC484bzc7km9l1YsIhtJ40LBcKBFLlbUu1&#10;hvL9+ToFEaIhazpPqOEbA2yK87PcZNYf6Q2nXawFh1DIjIYmxj6TMlQNOhMWvkdidvCDM5HPoZZ2&#10;MEcOd51cKbWWzrTEHxrT41OD1ddudBo+bref5fh6Fcs5mbY/h6V8cVFqfXkxPz6AiDjHPzOc6nN1&#10;KLjT3o9kg+g0rO4TdrJ+twZx4ipVvGXP5CZNQBa5/D+h+AUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBoUPUcHAIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDNI6QB3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" fillcolor="#f2f2f2" strokecolor="#404040">
+              <v:shapetype w14:anchorId="0E219E8A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 14" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:14.65pt;margin-top:8.8pt;width:525.75pt;height:115.35pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoUPUcHAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJc2mNOEWXLsOA&#10;7gJ0+wBFlmNhsqhRSuzs60fJ7mUX7GGYBQikKR0eHlLr67417KTQa7Aln05yzpSVUGl7KPmXz7tX&#10;l5z5IGwlDFhV8rPy/Hrz8sW6c4WaQQOmUsgIxPqicyVvQnBFlnnZqFb4CThlKVgDtiKQi4esQtER&#10;emuyWZ4vsw6wcghSeU9/b4cg3yT8ulYyfKxrrwIzJSduIe2Y9n3cs81aFAcUrtFypCH+gUUrtKWk&#10;j1C3Igh2RP0bVKslgoc6TCS0GdS1lirVQNVM81+quW+EU6kWEse7R5n8/4OVH0737hOy0L+GnhqY&#10;ivDuDuRXzyxsG2EP6gYRukaJihJPo2RZ53wxXo1S+8JHkH33HipqsjgGSEB9jW1UhepkhE4NOD+K&#10;rvrAJP1cLlerfLbgTFJsOl/OVxcXKYcoHq479OGtgpZFo+RIXU3w4nTnQ6QjiocjMZsHo6udNiY5&#10;eNhvDbKToAnYzeIa0X86ZizrSn61ICJ/h5jncf0JotWBRtnotuSXefziIVFE3d7YKtlBaDPYRNnY&#10;Ucio3aBi6Pc909WoctR1D9WZlEUYJpdeGhkN4HfOOprakvtvR4GKM/POUneupnMix0Jy5ovVjBx8&#10;Htk/jwgrCarkgbPB3IbhaRwd6kNDmYZ5sHBDHa110vqJ1UifJjO1YHxFcfSf++nU01vf/AAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAM0jpAHeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SFwQtdtACSFOhZCgXCk5cHTjbRKI11HspIGvZ3uC484bzc7km9l1YsIhtJ40LBcKBFLlbUu1&#10;hvL9+ToFEaIhazpPqOEbA2yK87PcZNYf6Q2nXawFh1DIjIYmxj6TMlQNOhMWvkdidvCDM5HPoZZ2&#10;MEcOd51cKbWWzrTEHxrT41OD1ddudBo+bref5fh6Fcs5mbY/h6V8cVFqfXkxPz6AiDjHPzOc6nN1&#10;KLjT3o9kg+g0rO4TdrJ+twZx4ipVvGXP5CZNQBa5/D+h+AUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBoUPUcHAIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDNI6QB3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" fillcolor="#f2f2f2" strokecolor="#404040">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7B5D3638" w14:textId="1B6301EC" w:rsidR="00223DEF" w:rsidRPr="00223DEF" w:rsidRDefault="00223DEF" w:rsidP="00223DEF">
                       <w:pPr>
                         <w:pStyle w:val="DocumentDate"/>
                         <w:spacing w:after="60"/>
                         <w:rPr>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00223DEF">
                         <w:rPr>
                           <w:rStyle w:val="SubtleEmphasis"/>
                           <w:color w:val="595959"/>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                         <w:t xml:space="preserve">For </w:t>
                       </w:r>
                       <w:r w:rsidR="00E46D4C">
                         <w:rPr>
                           <w:rStyle w:val="SubtleEmphasis"/>
                           <w:color w:val="595959"/>
                           <w:sz w:val="12"/>
@@ -1694,133 +1703,138 @@
                         <w:t>Date:</w:t>
                       </w:r>
                       <w:r w:rsidR="00900A32">
                         <w:t xml:space="preserve"> ____________</w:t>
                       </w:r>
                       <w:r w:rsidR="00600298">
                         <w:t>__</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2807AA38" w14:textId="77777777" w:rsidR="00223DEF" w:rsidRDefault="00C92807" w:rsidP="00223DEF">
                       <w:pPr>
                         <w:pStyle w:val="DocumentDate"/>
                         <w:spacing w:before="240"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Approval: ______________________________________________________________</w:t>
                       </w:r>
                       <w:r w:rsidR="00600298">
                         <w:t>________</w:t>
                       </w:r>
                       <w:r w:rsidR="00600298">
                         <w:tab/>
                         <w:t>Date: ______________</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4919EC7A" w14:textId="54E550A6" w:rsidR="00C92807" w:rsidRDefault="00C92807" w:rsidP="0082569E">
+                    <w:p w14:paraId="4919EC7A" w14:textId="584E3F26" w:rsidR="00C92807" w:rsidRDefault="00C92807" w:rsidP="0082569E">
                       <w:pPr>
                         <w:pStyle w:val="DocumentDate"/>
                         <w:spacing w:after="120"/>
                       </w:pPr>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="00CA6F2F">
                         <w:rPr>
                           <w:rStyle w:val="SubtleEmphasis"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>Director of Pretreatment and Finance</w:t>
+                        <w:t>Director of Finance</w:t>
                       </w:r>
-                      <w:r>
-                        <w:tab/>
+                      <w:r w:rsidR="00B77596">
+                        <w:rPr>
+                          <w:rStyle w:val="SubtleEmphasis"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> and Administration</w:t>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:tab/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5240BD7C" w14:textId="77777777" w:rsidR="00F5687D" w:rsidRPr="00F5687D" w:rsidRDefault="00F5687D" w:rsidP="00F5687D"/>
     <w:p w14:paraId="18B22AEC" w14:textId="77777777" w:rsidR="00D509BC" w:rsidRPr="00F5687D" w:rsidRDefault="00D509BC" w:rsidP="00F5687D">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D509BC" w:rsidRPr="00F5687D" w:rsidSect="00E46D4C">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="144" w:gutter="0"/>
       <w:pgNumType w:start="1" w:chapStyle="1" w:chapSep="enDash"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6315DF80" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2" w:rsidP="008C4FA3">
+    <w:p w14:paraId="04F5B73C" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1" w:rsidP="008C4FA3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592C1EBF" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2"/>
+    <w:p w14:paraId="61832B99" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17EED0DE" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2" w:rsidP="008C4FA3">
+    <w:p w14:paraId="434244D2" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1" w:rsidP="008C4FA3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCF90D1" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2"/>
+    <w:p w14:paraId="6056F724" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1852,58 +1866,58 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03B8654B" w14:textId="77777777" w:rsidR="00C92807" w:rsidRDefault="00C92807" w:rsidP="007737C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:hint="eastAsia"/>
@@ -2029,64 +2043,64 @@
     </w:r>
     <w:r w:rsidR="004371A5" w:rsidRPr="00E46D4C">
       <w:rPr>
         <w:color w:val="747474"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="0082569E" w:rsidRPr="00E46D4C">
       <w:rPr>
         <w:color w:val="747474"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6983634D" w14:textId="77777777" w:rsidR="00C92807" w:rsidRPr="00501C82" w:rsidRDefault="00C92807" w:rsidP="00921B4A">
     <w:pPr>
       <w:pStyle w:val="BlueAllCaps"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ACBD3BF" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2" w:rsidP="008C4FA3">
+    <w:p w14:paraId="070C0B4C" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1" w:rsidP="008C4FA3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38872865" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2"/>
+    <w:p w14:paraId="741A2704" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BF8C27F" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2" w:rsidP="008C4FA3">
+    <w:p w14:paraId="03319D71" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1" w:rsidP="008C4FA3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314A52D6" w14:textId="77777777" w:rsidR="00A318D2" w:rsidRDefault="00A318D2"/>
+    <w:p w14:paraId="2171A7DB" w14:textId="77777777" w:rsidR="00CC3FC1" w:rsidRDefault="00CC3FC1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F0E0951" w14:textId="77777777" w:rsidR="00C92807" w:rsidRDefault="00C92807" w:rsidP="00711226">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>[Type text]</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>[Type text]</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>[Type text]</w:t>
     </w:r>
   </w:p>
@@ -5184,62 +5198,62 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1841650423">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="413553304">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="140075873">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="901335787">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="252789560">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1355038359">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#505150"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="_PubVPasteboard_" w:val="9"/>
     <w:docVar w:name="ShowDynamicGuides" w:val="0"/>
     <w:docVar w:name="ShowOutlines" w:val="0"/>
     <w:docVar w:name="ShowStaticGuides" w:val="1"/>
   </w:docVars>
@@ -5298,50 +5312,51 @@
     <w:rsid w:val="003454B1"/>
     <w:rsid w:val="00345860"/>
     <w:rsid w:val="00347469"/>
     <w:rsid w:val="003500B7"/>
     <w:rsid w:val="00356194"/>
     <w:rsid w:val="00367020"/>
     <w:rsid w:val="0036754E"/>
     <w:rsid w:val="00370484"/>
     <w:rsid w:val="00372133"/>
     <w:rsid w:val="00373853"/>
     <w:rsid w:val="004069E9"/>
     <w:rsid w:val="004135E4"/>
     <w:rsid w:val="0041614B"/>
     <w:rsid w:val="004337FB"/>
     <w:rsid w:val="004353D9"/>
     <w:rsid w:val="004371A5"/>
     <w:rsid w:val="00462AA7"/>
     <w:rsid w:val="004908E8"/>
     <w:rsid w:val="004C1678"/>
     <w:rsid w:val="00501C82"/>
     <w:rsid w:val="00511248"/>
     <w:rsid w:val="00550028"/>
     <w:rsid w:val="005765DE"/>
     <w:rsid w:val="0059428F"/>
     <w:rsid w:val="0059703B"/>
+    <w:rsid w:val="005A3B44"/>
     <w:rsid w:val="005B51A0"/>
     <w:rsid w:val="005C0BE9"/>
     <w:rsid w:val="005D143E"/>
     <w:rsid w:val="005D4123"/>
     <w:rsid w:val="005D6542"/>
     <w:rsid w:val="005E5936"/>
     <w:rsid w:val="005E72E5"/>
     <w:rsid w:val="00600298"/>
     <w:rsid w:val="00613B45"/>
     <w:rsid w:val="006249F4"/>
     <w:rsid w:val="006459AD"/>
     <w:rsid w:val="00682FB0"/>
     <w:rsid w:val="00697211"/>
     <w:rsid w:val="006B1E67"/>
     <w:rsid w:val="006B60E4"/>
     <w:rsid w:val="006B7632"/>
     <w:rsid w:val="006C1E63"/>
     <w:rsid w:val="006C2F7E"/>
     <w:rsid w:val="006C3A03"/>
     <w:rsid w:val="006D1879"/>
     <w:rsid w:val="006E1376"/>
     <w:rsid w:val="0070353A"/>
     <w:rsid w:val="0070704F"/>
     <w:rsid w:val="00711226"/>
     <w:rsid w:val="00714398"/>
@@ -5399,77 +5414,79 @@
     <w:rsid w:val="00A63BB6"/>
     <w:rsid w:val="00A74EE6"/>
     <w:rsid w:val="00A8657D"/>
     <w:rsid w:val="00A86A77"/>
     <w:rsid w:val="00A86E19"/>
     <w:rsid w:val="00A91ECD"/>
     <w:rsid w:val="00A9693D"/>
     <w:rsid w:val="00AA0DC0"/>
     <w:rsid w:val="00AA70E0"/>
     <w:rsid w:val="00AB35B4"/>
     <w:rsid w:val="00AB5E72"/>
     <w:rsid w:val="00AF0217"/>
     <w:rsid w:val="00AF3DE5"/>
     <w:rsid w:val="00B01BF6"/>
     <w:rsid w:val="00B11CEF"/>
     <w:rsid w:val="00B1359F"/>
     <w:rsid w:val="00B2337C"/>
     <w:rsid w:val="00B3263F"/>
     <w:rsid w:val="00B54B4D"/>
     <w:rsid w:val="00B55C3F"/>
     <w:rsid w:val="00B568BB"/>
     <w:rsid w:val="00B571BE"/>
     <w:rsid w:val="00B618F6"/>
     <w:rsid w:val="00B7047D"/>
     <w:rsid w:val="00B70A90"/>
+    <w:rsid w:val="00B77596"/>
     <w:rsid w:val="00B80232"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B833A2"/>
     <w:rsid w:val="00B86033"/>
     <w:rsid w:val="00B86E78"/>
     <w:rsid w:val="00B94793"/>
     <w:rsid w:val="00BA000E"/>
     <w:rsid w:val="00BA048A"/>
     <w:rsid w:val="00BE2076"/>
     <w:rsid w:val="00BF28CB"/>
     <w:rsid w:val="00BF5FDF"/>
     <w:rsid w:val="00C05DAC"/>
     <w:rsid w:val="00C13F97"/>
     <w:rsid w:val="00C224C0"/>
     <w:rsid w:val="00C2506A"/>
     <w:rsid w:val="00C30C3D"/>
     <w:rsid w:val="00C3252B"/>
     <w:rsid w:val="00C41D2A"/>
     <w:rsid w:val="00C63DEB"/>
     <w:rsid w:val="00C73D5D"/>
     <w:rsid w:val="00C75974"/>
     <w:rsid w:val="00C92807"/>
     <w:rsid w:val="00C931DD"/>
     <w:rsid w:val="00C95456"/>
     <w:rsid w:val="00CA6F2F"/>
     <w:rsid w:val="00CB428C"/>
     <w:rsid w:val="00CC30D7"/>
+    <w:rsid w:val="00CC3FC1"/>
     <w:rsid w:val="00CC60B5"/>
     <w:rsid w:val="00CD10DF"/>
     <w:rsid w:val="00CE7007"/>
     <w:rsid w:val="00CF2302"/>
     <w:rsid w:val="00CF3C99"/>
     <w:rsid w:val="00D00D74"/>
     <w:rsid w:val="00D01552"/>
     <w:rsid w:val="00D20730"/>
     <w:rsid w:val="00D2207A"/>
     <w:rsid w:val="00D32905"/>
     <w:rsid w:val="00D412AE"/>
     <w:rsid w:val="00D509BC"/>
     <w:rsid w:val="00D5278D"/>
     <w:rsid w:val="00D55C82"/>
     <w:rsid w:val="00D60E0F"/>
     <w:rsid w:val="00D84948"/>
     <w:rsid w:val="00DF29D9"/>
     <w:rsid w:val="00E0128D"/>
     <w:rsid w:val="00E0319B"/>
     <w:rsid w:val="00E05BFC"/>
     <w:rsid w:val="00E11F95"/>
     <w:rsid w:val="00E22FAB"/>
     <w:rsid w:val="00E431A9"/>
     <w:rsid w:val="00E46D4C"/>
     <w:rsid w:val="00E517FD"/>
@@ -5498,55 +5515,55 @@
     <w:rsid w:val="00F57B43"/>
     <w:rsid w:val="00F67A73"/>
     <w:rsid w:val="00F70979"/>
     <w:rsid w:val="00F9478B"/>
     <w:rsid w:val="00F95F69"/>
     <w:rsid w:val="00FC2EF1"/>
     <w:rsid w:val="00FC4671"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#505150"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AC43306"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ED84DD85-913E-4D15-9F24-418DABA11901}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
@@ -7328,71 +7345,71 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06D51340-9244-478B-A9E6-0B6E347436DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>FormTemplate.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>427</Words>
-  <Characters>2434</Characters>
+  <Characters>2435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Metropolitan Council Industrial Discharge Permit Transfer Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>METROPOLITAN COUNCIL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2856</CharactersWithSpaces>
+  <CharactersWithSpaces>2857</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Metropolitan Council Industrial Discharge Permit Transfer Form</dc:title>
   <dc:subject>Form</dc:subject>
   <dc:creator>Margaret Lundell</dc:creator>
   <cp:keywords>Metropolitan Council Environment Services industry new owner</cp:keywords>
-  <dc:description>2025 added email for return and removed MCES _x000d_
+  <dc:description>11/2025- updated approver title to director of finance and administration. 2-2025 added email for return and removed MCES _x000d_
 2021-April removed Q7 language "if yes, please attach a copy of the sales agreement" and updated Approver title. </dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Permit</cp:category>
 </cp:coreProperties>
 </file>