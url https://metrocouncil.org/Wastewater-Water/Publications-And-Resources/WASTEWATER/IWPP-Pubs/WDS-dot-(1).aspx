--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0098DDAE" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037D0B7F" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
@@ -92,242 +92,57 @@
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
       <w:r w:rsidR="00F774BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F78CF1" w14:textId="0A3D3F95" w:rsidR="00723188" w:rsidRDefault="004830A1">
+    <w:p w14:paraId="12F78CF1" w14:textId="6CC23457" w:rsidR="00723188" w:rsidRDefault="004830A1">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...183 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BDAA1BE" wp14:editId="7EFDC12F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BDAA1BE" wp14:editId="715ED48E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Picture 1">
@@ -400,51 +215,51 @@
       <w:r>
         <w:t>Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D50309E" w14:textId="5A7F3D0E" w:rsidR="001863A6" w:rsidRPr="00AA056C" w:rsidRDefault="001863A6" w:rsidP="00AA056C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA056C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wastewater Discharge Survey</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686617FB" w14:textId="51351BE1" w:rsidR="001863A6" w:rsidRPr="00D55A86" w:rsidRDefault="001863A6" w:rsidP="001863A6">
+    <w:p w14:paraId="686617FB" w14:textId="433017E2" w:rsidR="001863A6" w:rsidRPr="00D55A86" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55A86">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If there are any questions regard</w:t>
       </w:r>
       <w:r w:rsidR="00A70B0E">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -474,51 +289,67 @@
         </w:rPr>
         <w:t>completion of th</w:t>
       </w:r>
       <w:r w:rsidR="00F774BE">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55A86">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> survey, please contact </w:t>
       </w:r>
       <w:r w:rsidR="00A70B0E">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the MCES </w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4BAD">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Metropolitan Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70B0E">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55A86">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Industrial Waste &amp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55A86">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pollution Prevention </w:t>
       </w:r>
@@ -1618,329 +1449,341 @@
       <w:r w:rsidRPr="00A939E3">
         <w:t>Is this a multi</w:t>
       </w:r>
       <w:r w:rsidR="002766C1">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">tenant facility (more than one company in the same building)?  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No     </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00B06338">
         <w:t xml:space="preserve">  If yes, please indicate the suite or unit number above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215413BA" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
+    <w:p w14:paraId="215413BA" w14:textId="4C8C1211" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4770"/>
         </w:tabs>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve">Does this company have additional facilities/addresses in the Twin Cities Metropolitan Area?  </w:t>
+        <w:t xml:space="preserve">Does this company have additional facilities/addresses in the Twin Cities </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4BAD">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">etropolitan </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4BAD">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">rea?  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
       <w:r w:rsidR="00A939E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FE2C26" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t>Indicate the general type(s) of business function(s) at this address by checking the appropriate box(es):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="10" w:name="Check8"/>
     <w:p w14:paraId="79F0A503" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Industrial/Manufacturing</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Check10"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Commercial/Retail</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Check11"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Office Functions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="13" w:name="Check9"/>
     <w:p w14:paraId="1FF763EB" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00A939E3">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Check12"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Warehouse/Distribution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AC2483" w14:textId="4CE59199" w:rsidR="00AA056C" w:rsidRPr="00A939E3" w:rsidRDefault="004830A1" w:rsidP="00AA056C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -2014,105 +1857,105 @@
               <v:line w14:anchorId="12B15F5E" id="Line 10" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="421.9pt,22.1pt" to="508.4pt,22.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0mB7MwQEAAGoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44DeGiNOD2k6y7Z&#10;FqDdBzCSbAuTREFSYufvR6lJ1m23YT4Iokg+Pj7S64fZGnZSIWp0Ha8XS86UEyi1Gzr+/eXpwx1n&#10;MYGTYNCpjp9V5A+b9+/Wk2/VCkc0UgVGIC62k+/4mJJvqyqKUVmIC/TKkbPHYCGRGYZKBpgI3Zpq&#10;tVx+rCYM0gcUKkZ6fXx18k3B73sl0re+jyox03HilsoZynnIZ7VZQzsE8KMWFxrwDywsaEdFb1CP&#10;kIAdg/4LymoRMGKfFgJthX2vhSo9UDf18o9unkfwqvRC4kR/kyn+P1jx9bQPTMuON5w5sDSinXaK&#10;1UWayceWIrZuH3JzYnbPfofiR2QOtyO4QRWKL2dPeXUWs/otJRvRU4HD9AUlxcAxYdFp7oPNkKQA&#10;m8s4zrdxqDkxQY/18v6uaWhq4uqroL0m+hDTZ4WW5UvHDZEuwHDaxZSJQHsNyXUcPmljyrSNY1PH&#10;75tVUxIiGi2zM4fFMBy2JrAT5H0pX+mKPG/DAh6dLGCjAvnpck+gzeudiht3ESP3n9cxtgeU5324&#10;ikQDLSwvy5c35q1dsn/9IpufAAAA//8DAFBLAwQUAAYACAAAACEArjPfXN0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTU/CQBCG7yT8h82YeCGyS2kIqd0SovbmBdR4Hbpj29idLd0Fqr/eJR70&#10;+H7knWfyzWg7cabBt441LOYKBHHlTMu1hteX8m4Nwgdkg51j0vBFHjbFdJJjZtyFd3Teh1rEEfYZ&#10;amhC6DMpfdWQRT93PXHMPtxgMUQ51NIMeInjtpOJUitpseV4ocGeHhqqPvcnq8GXb3Qsv2fVTL0v&#10;a0fJ8fH5CbW+vRm39yACjeGvDFf8iA5FZDq4ExsvOg3rdBnRg4Y0TUBcC2qxis7h15FFLv+/UPwA&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtJgezMEBAABqAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArjPfXN0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Facility discharges wastewater to:      </w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Check1"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  city sanitary sewer     </w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="Check2"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  septic tank     </w:t>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="Check3"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  other: </w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Text9"/>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00AA056C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00AA056C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00AA056C" w:rsidRPr="00AA056C">
         <w:fldChar w:fldCharType="separate"/>
@@ -2326,253 +2169,245 @@
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t>b.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
         <w:t xml:space="preserve">Incoming water determination method:      </w:t>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Check50"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve"> water bill(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> water bill(s)    </w:t>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Check51"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> water meter readings    </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check51"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> estimat</w:t>
       </w:r>
       <w:r w:rsidR="004B2923">
         <w:t>ion</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="268FE23B" w14:textId="77777777" w:rsidR="004B2923" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
         <w:t xml:space="preserve">Does this </w:t>
       </w:r>
       <w:r w:rsidR="004B2923">
         <w:t xml:space="preserve">facility use water </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">for lawn irrigation?      </w:t>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="Check55"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No     </w:t>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Check54"/>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F01883B" w14:textId="65881D76" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="004B2923" w:rsidP="004B2923">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">If yes, does the incoming volume include lawn irrigation? </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No     </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
       <w:r>
         <w:t>, e</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">stimated </w:t>
       </w:r>
       <w:r>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">olume: </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
@@ -2775,51 +2610,51 @@
           </w:tcPr>
           <w:bookmarkStart w:id="24" w:name="Check56"/>
           <w:p w14:paraId="656E8243" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8726D">
+            <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5699" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5B8822D3" w14:textId="097651C9" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="007C3071">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -3013,51 +2848,51 @@
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="0D35E69E" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8726D">
+            <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5699" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="67DCF278" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="00AA056C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -3073,78 +2908,78 @@
           </w:p>
           <w:bookmarkStart w:id="27" w:name="Check52"/>
           <w:p w14:paraId="224ED2D7" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8726D">
+            <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> Once-through      </w:t>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Check53"/>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8726D">
+            <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> Re-circulated/Reused</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44FB5580" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
@@ -3307,105 +3142,100 @@
             <w:tcW w:w="493" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45BEA420" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8726D">
+            <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10228" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DAB4262" w14:textId="5E48E83B" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Any other discharge to the sewer</w:t>
             </w:r>
             <w:r w:rsidR="004B2923">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="004B2923">
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
-              <w:t>escribe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> the sources and their respective volumes in the spaces below </w:t>
+              <w:t xml:space="preserve">escribe the sources and their respective volumes in the spaces below </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1E6C83" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00D251C1">
               <w:t>(this includes, but is not limited to</w:t>
             </w:r>
             <w:r w:rsidR="00A70B0E">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:t xml:space="preserve"> floor &amp; equipment washing, vehicle washing, general sanitizing, contact cooling water, manufacturing/processing, food preparation, any product/chemical disposal, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="6E80FF04" w14:textId="77777777" w:rsidTr="007C3071">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
@@ -3419,127 +3249,133 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F89B0E" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="046136C4" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
+          <w:p w14:paraId="046136C4" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A66545" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="222222"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
+            <w:r w:rsidRPr="00A66545">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="222222"/>
               </w:rPr>
               <w:t>Description of Discharge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="207EA60B" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
+          <w:p w14:paraId="207EA60B" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A66545" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
+            <w:r w:rsidRPr="00A66545">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Volume [gallons/yr]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35B4A73F" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
+          <w:p w14:paraId="35B4A73F" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A66545" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D251C1">
+            <w:r w:rsidRPr="00A66545">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Volume Determination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001863A6" w:rsidRPr="00D251C1" w14:paraId="35C11301" w14:textId="77777777" w:rsidTr="007C3071">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65C42234" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D251C1" w:rsidRDefault="001863A6" w:rsidP="001863A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
@@ -4934,250 +4770,256 @@
             <w:r w:rsidRPr="00D251C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D251C1">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B506EE2" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00EE4382" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77BA9C41" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="001863A6">
+    <w:p w14:paraId="77BA9C41" w14:textId="5B5162DC" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="001863A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve">Are bulk chemicals received or stored at this facility?   </w:t>
+        <w:t xml:space="preserve">Are chemicals </w:t>
+      </w:r>
+      <w:r w:rsidR="00D400BE">
+        <w:t xml:space="preserve">in quantities greater than five gallons </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A939E3">
+        <w:t xml:space="preserve">received or stored at this facility?   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  No   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0966BE" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Are there floor drains/sumps in work areas or chemical storage areas?</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  No   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB76E0C" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00AE0EC6" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve">Is any wastewater pretreated prior to discharging (solids/oil/metals removal, pH adjustments, etc.)?  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  No   </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8B33B1" w14:textId="0BFE5D89" w:rsidR="00AE0EC6" w:rsidRPr="00A939E3" w:rsidRDefault="00AE0EC6" w:rsidP="00AE0EC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If Yes, please describe: </w:t>
@@ -6204,51 +6046,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Assembly</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> – vehicles and other assembly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0012AB59" w14:textId="3C15789C" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
@@ -6256,51 +6098,51 @@
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Building Materials – </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t>concrete aggregate, lumber/wood, roofing, windows</w:t>
       </w:r>
       <w:r w:rsidR="00422590">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> and other building materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B85741" w14:textId="77777777" w:rsidR="00422590" w:rsidRPr="00A939E3" w:rsidRDefault="00422590" w:rsidP="00422590">
@@ -6312,823 +6154,802 @@
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="2160" w:hanging="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> No - Is this facility a manufacturing plant whose primary raw material is wood with finished products like hardboard to preserved wood?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674432D9" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="00422590">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="2160" w:hanging="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> No - Does this facility produce asphalt paving and roofing emulsions, asphalt concrete, asphalt roofing materials, or linoleum and asphalt felt floor coverings?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C5E562" w14:textId="74708B26" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Central Treatment</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> – metals, oily wastes</w:t>
       </w:r>
       <w:r w:rsidR="00422590">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> and other central treatment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CFDE347" w14:textId="54473231" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
+    <w:p w14:paraId="2CFDE347" w14:textId="696BF86E" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Chemical Products</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
-        <w:t xml:space="preserve"> – abrasive materials, adhesives/sealants, cleaning agents, coatings, compressed </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">gases, </w:t>
+        <w:t xml:space="preserve"> – abrasive materials, adhesives/sealants, cleaning agents, coatings, compressed gases,</w:t>
       </w:r>
       <w:r w:rsidR="00DD3626">
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t>cosmetics, fertilizers/pesticides, inorganic chemicals, organic chemicals, paints/inks/dyes, personal care products, petroleum and/or asphalt, plastics, rubber</w:t>
       </w:r>
       <w:r w:rsidR="00422590">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> and other chemical products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2304EC3E" w14:textId="0B84BE9D" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> No - Does this facility manufacture carbon black?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE7CB03" w14:textId="7E91527D" w:rsidR="001863A6" w:rsidRPr="004B2923" w:rsidRDefault="00B35D6E" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="446"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> No - </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="004B2923">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Does this facility manufacture sulfuric acid, nitric acid, ammonium sulfate, or mix and blend fertilizers?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D63E650" w14:textId="2816943A" w:rsidR="001863A6" w:rsidRPr="00A939E3" w:rsidRDefault="001863A6" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A939E3">
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A939E3">
         <w:t xml:space="preserve"> No - Does this facility formulate oil-base ink or paint?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C877C0E" w14:textId="22DF6CC2" w:rsidR="001863A6" w:rsidRPr="00B35D6E" w:rsidRDefault="00B35D6E" w:rsidP="005F3DDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="446"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No -</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">Does this facility manufacture inorganic chemicals (i.e. </w:t>
-[...15 lines deleted...]
-        <w:t>, chlorine, and inorganic pigments)?</w:t>
+        <w:t>Does this facility manufacture inorganic chemicals (i.e. alkalies, chlorine, and inorganic pigments)?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64AEFBA0" w14:textId="13156AFE" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="005F3DDF" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility manufacture organic chemicals, plastics, or synthetic fibers?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F82176" w14:textId="37B63C3C" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility manufacture, formulate, package and/or repackage pesticides?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75287AC4" w14:textId="653198D8" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="005F3DDF" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility produce gasoline, kerosene, distillate fuel oils, residual fuel oils, </w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> lubricants?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFA954F" w14:textId="3AC18883" w:rsidR="001863A6" w:rsidRPr="004B2923" w:rsidRDefault="001863A6" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
@@ -7144,126 +6965,126 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - </w:t>
       </w:r>
       <w:r w:rsidRPr="004B2923">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Does this facility reclaim rubber or mold, extrude, or fabricate rubber products, including latex products? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="243EC4F4" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00B72AD3" w:rsidRDefault="001863A6" w:rsidP="004B2923">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Educational</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
@@ -7295,110 +7116,94 @@
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Electronic</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Products</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>printed circuit board assembly, semiconductors, sensors/</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>printed circuit board assembly, semiconductors, sensors/controls and</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> other electronic </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559A7698" w14:textId="071B2986" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="001A0B20" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
@@ -7423,76 +7228,76 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Does this facility manufacture semiconductors, electronic crystals, cathode ray tubes, or </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
@@ -7510,51 +7315,51 @@
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Food Products</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
@@ -7584,193 +7389,193 @@
       <w:r w:rsidRPr="00B72AD3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001A0B20">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Is there any washing or sanitizing that is part of the food products operation?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0015617C" w14:textId="049DA342" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Are there any food grinders/disposals used at this facility? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4984C6" w14:textId="6FE0E43A" w:rsidR="001863A6" w:rsidRPr="00B72AD3" w:rsidRDefault="001863A6" w:rsidP="001A0B20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Glass Products</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -7818,175 +7623,167 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B35D6E">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Does this facility manufacture glass containers, TV picture tubes, incandescent lamp envelopes, or hand-pressed/blown glass?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="096F8DA8" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="007C3071" w:rsidRDefault="001863A6" w:rsidP="001A0B20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Health Care</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C3071">
-        <w:t>Dental clinics, medical clinics, hospitals, mortuary, veterinary hospitals/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and other health </w:t>
+        <w:t xml:space="preserve">Dental clinics, medical clinics, hospitals, mortuary, veterinary hospitals/clinics and other health </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179A1983" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7996,199 +7793,199 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Is there any placing or removing of dental amalgam at this facility?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD161E7" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Are any pharmaceuticals being disposed via sanitary sewer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at this facility</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A58DF2" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00B72AD3" w:rsidRDefault="001863A6" w:rsidP="001A0B20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00251725">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00251725">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00251725">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00251725">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Laboratory</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C3071">
         <w:t>– food, government, medical, R&amp;D, wastewater/water quality and other laboratories</w:t>
@@ -8209,51 +8006,51 @@
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Laundry</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C3071">
         <w:t>– commercial, dry cleaner, industrial and other laundries</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A66FD6" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
@@ -8272,119 +8069,119 @@
       <w:r w:rsidRPr="00251725">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility employ the use of perchloroethylene?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1D0A5B" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="007C3071" w:rsidRDefault="001863A6" w:rsidP="001A0B20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Leather Products</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C3071">
         <w:t>– curing, tanning and other leather products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072325F2" w14:textId="21A08B32" w:rsidR="001863A6" w:rsidRPr="00B72AD3" w:rsidRDefault="001863A6" w:rsidP="001A0B20">
       <w:pPr>
@@ -8397,51 +8194,51 @@
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Medical</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
@@ -8479,76 +8276,76 @@
         <w:spacing w:before="60"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001F75B6">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility manufacture pharmaceuticals</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve">conduct </w:t>
       </w:r>
       <w:r>
         <w:t>such research</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AC7F2E" w14:textId="77777777" w:rsidR="001863A6" w:rsidRDefault="001F75B6" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
@@ -8564,227 +8361,233 @@
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Metal Products</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="007C3071">
         <w:t>– ammunitions, anodizing, can manufacturing, coil coating, deburring, electroplating/</w:t>
       </w:r>
       <w:r w:rsidRPr="007C3071">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="007C3071">
         <w:t>metal finishing, foundry, heat treating, machine shop, machinery manufacturing, metal recovery, painting, porcelain enameling, printed circuit board manufacturing, vehicle manufacturing and other metal products</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F97F927" w14:textId="7743FF00" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="00B35D6E">
+    <w:p w14:paraId="5F97F927" w14:textId="4847D33B" w:rsidR="001863A6" w:rsidRDefault="001863A6" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="2174" w:hanging="1728"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B35D6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility perform metal finishing (electro</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">plate, </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t>electroless p</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">late, anodize, conversion coat/powder coat (includes phosphates &amp; other transition metals), chemical etch/mill, or </w:t>
+        <w:t xml:space="preserve">late, anodize, </w:t>
+      </w:r>
+      <w:r w:rsidR="0080651B">
+        <w:t xml:space="preserve">passivation, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">conversion coat/powder coat (includes phosphates &amp; other transition metals), chemical etch/mill, or </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t>manufacture printed circuit boards)?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="643E2728" w14:textId="13392F4F" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="2174" w:hanging="1728"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - </w:t>
       </w:r>
       <w:r w:rsidR="00422590">
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00043CBD">
         <w:t xml:space="preserve"> this facility</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t xml:space="preserve"> a foundry, or</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00043CBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00422590">
         <w:t xml:space="preserve">does this facility </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00043CBD">
         <w:t xml:space="preserve">perform metal molding and casting </w:t>
@@ -8825,148 +8628,148 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility manufacture batteries?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E787B39" w14:textId="78A8BB20" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001A0B20">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this fac</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t>ility perform aluminum forming?</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1C2F0C" w14:textId="7C1FC1A4" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
@@ -8975,76 +8778,76 @@
         <w:spacing w:before="60"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001A0B20">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t xml:space="preserve"> No - </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t>Does this facility perform coil coating</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1745A439" w14:textId="6954BD11" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
@@ -9053,148 +8856,148 @@
         <w:spacing w:before="60"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility manufacture aluminum or steel cans?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65B9CF69" w14:textId="72E62531" w:rsidR="001863A6" w:rsidRDefault="00B35D6E" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001F75B6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this </w:t>
       </w:r>
       <w:r w:rsidR="001F75B6">
         <w:t>facility perform copper forming</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2456CB88" w14:textId="2EF2BACD" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
@@ -9203,382 +9006,369 @@
         <w:spacing w:before="60"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facili</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t>ty perform porcelain enameling?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CAF8D3" w14:textId="2C022C51" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="2174" w:hanging="1728"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility perform the following iron or steel manufacturing</w:t>
       </w:r>
       <w:r w:rsidR="00DD3626">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t>steel works, blast</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t xml:space="preserve"> furnaces</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t>, rolling mills, electrometallurgical products, steel wire drawing or production of</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t xml:space="preserve"> steel nails, spikes, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
-        <w:t>pipes</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">pipes </w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> tubes?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B87703" w14:textId="717F9FF3" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="2174" w:hanging="1728"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> No - Does this facility process nonfe</w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t xml:space="preserve">rrous ore concentrates and scrap metals </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t>to recover and increase the metal purity contained in these materials?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40BAAF6B" w14:textId="0B9CB888" w:rsidR="001863A6" w:rsidRPr="00297704" w:rsidRDefault="00B35D6E" w:rsidP="00B35D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="2174" w:hanging="1728"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00297704">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="002D76CE">
-        <w:t xml:space="preserve"> No - Does this facility form nonferrous metals into specific shapes by hot or cold working, drawing, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and tube reducing?</w:t>
+        <w:t xml:space="preserve"> No - Does this facility form nonferrous metals into specific shapes by hot or cold working, drawing, cladding and tube reducing?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E86320" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D73EED" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="Check34"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Paper</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
@@ -9623,51 +9413,51 @@
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="Check36"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plastic</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
@@ -9712,51 +9502,51 @@
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="Check38"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Printed</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
@@ -9801,51 +9591,51 @@
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="Check39"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
@@ -9900,51 +9690,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="Check41"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00251725">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00251725">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00251725">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00251725">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CB3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9980,51 +9770,51 @@
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Textile</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
@@ -10058,124 +9848,124 @@
       <w:r w:rsidRPr="00B72AD3">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> No - Does this facility perform fiber preparation and manufacturing/process</w:t>
       </w:r>
       <w:r>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> of the textile industry?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="36" w:name="Check35"/>
     <w:p w14:paraId="5DC651C6" w14:textId="5CB0B99D" w:rsidR="004456EA" w:rsidRPr="00D73EED" w:rsidRDefault="001863A6" w:rsidP="001F75B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Transportation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10219,124 +10009,124 @@
         <w:spacing w:before="60"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001863A6" w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidR="001863A6">
         <w:t>– Does this facility wash the interior or exterior of transportation equipment?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FC88CC" w14:textId="77777777" w:rsidR="001863A6" w:rsidRPr="00D73EED" w:rsidRDefault="001863A6" w:rsidP="004456EA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="Check37"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Utilities</w:t>
       </w:r>
       <w:r w:rsidRPr="002D76CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -10369,76 +10159,76 @@
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="450"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> Yes  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B8726D">
+      <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B72AD3">
         <w:t xml:space="preserve"> No - Does this facility generate electricity for distribution and sale?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1506D1" w14:textId="21093714" w:rsidR="004830A1" w:rsidRPr="00B72AD3" w:rsidRDefault="004830A1" w:rsidP="004830A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="6390"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11659,284 +11449,466 @@
             <w:tcW w:w="9265" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D968C22" w14:textId="48DAD58C" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Metropolitan Council Environmental Services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E3F3FE4" w14:textId="006A18EA" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
+          <w:p w14:paraId="0E3F3FE4" w14:textId="50975511" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Industrial Waste Section</w:t>
+              <w:t xml:space="preserve">Industrial Waste </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4BAD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; Pollution Prevention </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Section</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BC169BA" w14:textId="6C69F5D1" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
+          <w:p w14:paraId="6BC169BA" w14:textId="602035A8" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>390 Robert Street North, St Paul, MN 55101-1805</w:t>
+              <w:t xml:space="preserve">390 </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4BAD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">North </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Robert Street, St Paul, MN 55101-1805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390858" w14:paraId="1A06F5FA" w14:textId="77777777" w:rsidTr="00390858">
         <w:trPr>
           <w:trHeight w:val="540"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46A34FEC" w14:textId="14EBDDB8" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="023DDAFE" w14:textId="71CC6692" w:rsidR="00390858" w:rsidRDefault="00B8726D" w:rsidP="00390858">
+          <w:p w14:paraId="023DDAFE" w14:textId="71CC6692" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00390858" w:rsidRPr="002E40AE">
+              <w:r w:rsidRPr="002E40AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>iwpp@metc.state.mn.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00390858">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390858" w14:paraId="62E57141" w14:textId="77777777" w:rsidTr="00390858">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1817380A" w14:textId="37A58C53" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fax:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCD954C" w14:textId="2D27B02D" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="00390858">
+          <w:p w14:paraId="4DCD954C" w14:textId="2D27B02D" w:rsidR="00390858" w:rsidRDefault="00390858" w:rsidP="0080651B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="3330"/>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>651-602-4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="157A65FC" w14:textId="669E73A8" w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidRDefault="001863A6" w:rsidP="00390858">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1615"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="2710"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0080651B" w:rsidRPr="0080651B" w14:paraId="1E44AA03" w14:textId="77777777" w:rsidTr="00A66545">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCD2892" w14:textId="4936B6EF" w:rsidR="00DF4BAD" w:rsidRPr="00A66545" w:rsidRDefault="00DF4BAD" w:rsidP="00FF4D29">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>For Office use only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="189A558A" w14:textId="0C59DD10" w:rsidR="00DF4BAD" w:rsidRPr="00A66545" w:rsidRDefault="00DF4BAD" w:rsidP="00FF4D29">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date Received _______</w:t>
+            </w:r>
+            <w:r w:rsidR="0080651B" w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66545" w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2710" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D04335" w14:textId="6C584385" w:rsidR="00DF4BAD" w:rsidRPr="00A66545" w:rsidRDefault="00DF4BAD" w:rsidP="00FF4D29">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility ID____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66545" w:rsidRPr="00A66545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>_______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C04B62A" w14:textId="77777777" w:rsidR="00DF4BAD" w:rsidRPr="005C0081" w:rsidRDefault="00DF4BAD" w:rsidP="0080651B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3330"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001863A6" w:rsidRPr="005C0081" w:rsidSect="00D73EED">
+    <w:sectPr w:rsidR="00DF4BAD" w:rsidRPr="005C0081" w:rsidSect="00D73EED">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BA5BA56" w14:textId="77777777" w:rsidR="0084430C" w:rsidRDefault="0084430C" w:rsidP="00812094">
+    <w:p w14:paraId="699BBBC5" w14:textId="77777777" w:rsidR="0031590E" w:rsidRDefault="0031590E" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="084248D3" w14:textId="77777777" w:rsidR="0084430C" w:rsidRDefault="0084430C" w:rsidP="00812094">
+    <w:p w14:paraId="32EEB865" w14:textId="77777777" w:rsidR="0031590E" w:rsidRDefault="0031590E" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11949,97 +11921,145 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3E8C2F5D" w14:textId="43D54A68" w:rsidR="00D73EED" w:rsidRPr="00D73EED" w:rsidRDefault="00D73EED" w:rsidP="00D73EED">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E8C2F5D" w14:textId="19EE3704" w:rsidR="00D73EED" w:rsidRPr="00A66545" w:rsidRDefault="00D73EED" w:rsidP="00D73EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D73EED">
+    <w:r w:rsidRPr="00A66545">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>WDS-</w:t>
+      <w:t>W</w:t>
     </w:r>
-    <w:r w:rsidR="004830A1">
+    <w:r w:rsidR="00A66545">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">astewater </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>D</w:t>
+    </w:r>
+    <w:r w:rsidR="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ischarge </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>S</w:t>
+    </w:r>
+    <w:r w:rsidR="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>urvey</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="004830A1" w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00527363">
+    <w:r w:rsidR="00DF4BAD" w:rsidRPr="00A66545">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2301E17F" w14:textId="77777777" w:rsidR="00D73EED" w:rsidRDefault="00D73EED">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
@@ -12093,84 +12113,132 @@
     <w:r w:rsidR="00AF1227">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1A348F65" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="27D3E7E8" w14:textId="73B4EB81" w:rsidR="007C3071" w:rsidRPr="00E468EF" w:rsidRDefault="007C3071" w:rsidP="00E468EF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27D3E7E8" w14:textId="3C693C50" w:rsidR="007C3071" w:rsidRPr="00A66545" w:rsidRDefault="007C3071" w:rsidP="00E468EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E468EF">
+    <w:r w:rsidRPr="00A66545">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>WDS-20</w:t>
+      <w:t>W</w:t>
     </w:r>
-    <w:r w:rsidR="003563FE">
+    <w:r w:rsidR="00F60234">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">aste </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>D</w:t>
+    </w:r>
+    <w:r w:rsidR="00F60234">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ischarge </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>S</w:t>
+    </w:r>
+    <w:r w:rsidR="00F60234">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>urvey</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>-20</w:t>
+    </w:r>
+    <w:r w:rsidR="003563FE" w:rsidRPr="00A66545">
+      <w:rPr>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00527363">
+    <w:r w:rsidR="00F60234">
       <w:rPr>
-        <w:color w:val="808080"/>
+        <w:color w:val="505050"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07747C63" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
@@ -12224,90 +12292,85 @@
     <w:r w:rsidR="00AF1227">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1AD491EC" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15F3589D" w14:textId="77777777" w:rsidR="0084430C" w:rsidRDefault="0084430C" w:rsidP="00812094">
+    <w:p w14:paraId="49D0394D" w14:textId="77777777" w:rsidR="0031590E" w:rsidRDefault="0031590E" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6643825C" w14:textId="77777777" w:rsidR="0084430C" w:rsidRDefault="0084430C" w:rsidP="00812094">
+    <w:p w14:paraId="4A2E73FF" w14:textId="77777777" w:rsidR="0031590E" w:rsidRDefault="0031590E" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3383FEE6" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071" w:rsidP="004456EA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69D69AB0" w14:textId="04DE8C36" w:rsidR="007C3071" w:rsidRDefault="007C3071" w:rsidP="0080651B">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>Wastewater Discharge Survey</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="69D69AB0" w14:textId="77777777" w:rsidR="007C3071" w:rsidRDefault="007C3071">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100135A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="208C15CE"/>
     <w:lvl w:ilvl="0" w:tplc="94BA0B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -13400,179 +13463,194 @@
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="802968870">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="123743251">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="401685861">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1361390605">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350E73"/>
     <w:rsid w:val="0000559D"/>
     <w:rsid w:val="00031DCB"/>
     <w:rsid w:val="000C6ADB"/>
     <w:rsid w:val="000D0EC7"/>
     <w:rsid w:val="00133127"/>
     <w:rsid w:val="00141436"/>
     <w:rsid w:val="00163581"/>
     <w:rsid w:val="001863A6"/>
     <w:rsid w:val="001A0B20"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001D7CC7"/>
     <w:rsid w:val="001F75B6"/>
     <w:rsid w:val="002766C1"/>
     <w:rsid w:val="00297453"/>
+    <w:rsid w:val="002D376A"/>
+    <w:rsid w:val="0031590E"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="00350E73"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="003563FE"/>
     <w:rsid w:val="00390858"/>
+    <w:rsid w:val="003F4866"/>
     <w:rsid w:val="00422590"/>
     <w:rsid w:val="004456EA"/>
     <w:rsid w:val="004830A1"/>
+    <w:rsid w:val="00491FE9"/>
     <w:rsid w:val="004B2923"/>
     <w:rsid w:val="004E2B59"/>
     <w:rsid w:val="004E5C5E"/>
     <w:rsid w:val="00527363"/>
     <w:rsid w:val="005658B6"/>
     <w:rsid w:val="005E07CA"/>
     <w:rsid w:val="005F3DDF"/>
     <w:rsid w:val="00644DB7"/>
+    <w:rsid w:val="00676B39"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="007C3071"/>
     <w:rsid w:val="007D2F39"/>
     <w:rsid w:val="007E513E"/>
+    <w:rsid w:val="0080651B"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="0084430C"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="00965D5F"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A13644"/>
+    <w:rsid w:val="00A54578"/>
     <w:rsid w:val="00A60D4D"/>
+    <w:rsid w:val="00A66545"/>
     <w:rsid w:val="00A70B0E"/>
     <w:rsid w:val="00A72F4A"/>
     <w:rsid w:val="00A939E3"/>
     <w:rsid w:val="00AA056C"/>
     <w:rsid w:val="00AB356C"/>
     <w:rsid w:val="00AE0EC6"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00AF1227"/>
     <w:rsid w:val="00B06338"/>
     <w:rsid w:val="00B35D6E"/>
     <w:rsid w:val="00B56F7A"/>
+    <w:rsid w:val="00B84E4D"/>
     <w:rsid w:val="00B8726D"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00CA63F4"/>
+    <w:rsid w:val="00CC6ACD"/>
     <w:rsid w:val="00CF1369"/>
     <w:rsid w:val="00D251C1"/>
+    <w:rsid w:val="00D400BE"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D73EED"/>
     <w:rsid w:val="00DD3626"/>
     <w:rsid w:val="00DE203D"/>
     <w:rsid w:val="00DE2E5D"/>
+    <w:rsid w:val="00DF4BAD"/>
     <w:rsid w:val="00E468EF"/>
     <w:rsid w:val="00EB61AC"/>
+    <w:rsid w:val="00F60234"/>
     <w:rsid w:val="00F774BE"/>
     <w:rsid w:val="00FA3CFD"/>
     <w:rsid w:val="00FD65E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="775981E4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{719E0ED0-4AA8-4B9B-AFD1-73DF7208DA59}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13717,51 +13795,51 @@
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -14337,51 +14415,51 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001863A6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001863A6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001863A6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormText">
     <w:name w:val="Form Text"/>
     <w:basedOn w:val="FormTitles"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001863A6"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormTitles">
     <w:name w:val="Form Titles"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001863A6"/>
@@ -14398,51 +14476,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001863A6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00390858"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///U:\projects\Forms\2013Forms\WDS.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -14711,91 +14789,91 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>WDS.dot</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1962</Words>
-  <Characters>11185</Characters>
+  <Words>1986</Words>
+  <Characters>11324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
+  <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wastewater Discharge Survey</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13121</CharactersWithSpaces>
+  <CharactersWithSpaces>13284</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7995471</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>336</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:iwpp@metc.state.mn.us</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wastewater Discharge Survey</dc:title>
   <dc:subject>Form</dc:subject>
-  <dc:creator>lundelmm</dc:creator>
-[...1 lines deleted...]
-  <dc:description>2023 Wastewater Discharge Survey - updated to match Crystal Report version</dc:description>
+  <dc:creator/>
+  <cp:keywords>Metropolitan Council, MCES</cp:keywords>
+  <dc:description>2025-added bulk chemicals &gt;5gal, removed MCES and text box. 2023 Wastewater Discharge Survey - updated to match Crystal Report version</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>