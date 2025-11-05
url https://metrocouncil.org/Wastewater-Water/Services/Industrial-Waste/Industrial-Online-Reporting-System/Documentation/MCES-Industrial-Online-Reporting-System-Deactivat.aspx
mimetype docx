--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -2,311 +2,313 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="4B0DD6E7" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="6CFA305C" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="551E2E75" w14:textId="5C5BCE5D" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   390 Robert Street</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F8077C">
+        <w:t xml:space="preserve">   390 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> North</w:t>
+        <w:t xml:space="preserve">North </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Robert Stree</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="01E93438" w14:textId="6E084A74" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   St. Paul, Minnesota  55101-1805</w:t>
+        <w:t xml:space="preserve">   St. Paul, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42" w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Minnesota 55101</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00DE1399">
+    <w:p w14:paraId="6A850987" w14:textId="051EE203" w:rsidR="00723188" w:rsidRDefault="00723188">
       <w:r>
-        <w:rPr>
-[...38 lines deleted...]
-      <w:r w:rsidR="00723188">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DC1DF5A" wp14:editId="21A2612E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 1" descr="MetcMark4C 243x221"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00723188"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00097944" w:rsidRDefault="0082627F" w:rsidP="0082627F">
+    <w:p w14:paraId="0CCB814D" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
+    <w:p w14:paraId="762C17BF" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
+    <w:p w14:paraId="1498041C" w14:textId="2FB162DB" w:rsidR="00097944" w:rsidRDefault="0082627F" w:rsidP="0082627F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">6.4 Appendix D. MCES Account </w:t>
+        <w:t xml:space="preserve">6.4 Appendix D. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Account </w:t>
       </w:r>
       <w:r w:rsidRPr="0082627F">
         <w:t>Deactivation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Request Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097944" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+    <w:p w14:paraId="26E25441" w14:textId="627AE1C8" w:rsidR="00097944" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t>For use of MCES Industrial Online Reporting System</w:t>
+        <w:t xml:space="preserve">For use of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t xml:space="preserve">Metropolitan COuncil </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Industrial Online Reporting System</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097944" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+    <w:p w14:paraId="53C71049" w14:textId="1F34A4ED" w:rsidR="00097944" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00022602">
-        <w:t>Use this Account Deactivation Request Form to request discontinuation of data submittal through the MCES Industrial Online Reporting System.</w:t>
+        <w:t>Use this Account Deactivation Request Form to request discontinuation of data submittal through the Industrial Online Reporting System.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+    <w:p w14:paraId="16C8B616" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>6.4.1 User Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1818"/>
         <w:gridCol w:w="8730"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="4ED00A6C" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="2CFE1D3F" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>User Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="2BB4B6A8" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text2"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -317,76 +319,76 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="489E9461" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="1E2C9E57" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>Legal Full Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="30C31F90" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text3"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -397,76 +399,76 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="2059DB80" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="06AF2881" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>Job Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="08B1997C" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text4"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -477,76 +479,76 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="3164C9BE" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="324692D8" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>Mailing Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="587C3E09" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text5"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -557,76 +559,76 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="3C04462A" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="029C5C23" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>City, State, Zip:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="43876396" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text6"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -637,76 +639,76 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="4B0B7AB4" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="0B048D7B" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="48B46174" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text7"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -717,76 +719,76 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="00B526C5">
+      <w:tr w:rsidR="0082627F" w14:paraId="0AA6E52B" w14:textId="77777777" w:rsidTr="00B526C5">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
+          <w:p w14:paraId="126F23E2" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00B526C5">
             <w:r>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="4CC05C6F" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text8"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -798,59 +800,59 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="00754B7C">
+    <w:p w14:paraId="3FB26A1A" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="00754B7C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>6.4.2 Deactivation Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
+    <w:p w14:paraId="3A9D4C39" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B526C5">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
         </w:rPr>
         <w:t>Requested Deactivation Date:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0006407E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -903,292 +905,312 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0006407E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="0006407E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0006407E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
+    <w:p w14:paraId="3F820C4F" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="0006407E">
         <w:t xml:space="preserve">Deactivation is </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="0006407E">
         <w:t>equested for the following facilities</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="5760"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0006407E" w:rsidTr="0006407E">
+      <w:tr w:rsidR="0006407E" w14:paraId="4FD8E9BE" w14:textId="77777777" w:rsidTr="0006407E">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
+          <w:p w14:paraId="7B1F1839" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
             <w:r>
               <w:t>Permit No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
+          <w:p w14:paraId="72F147A1" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
             <w:r>
               <w:t>Facility Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
+          <w:p w14:paraId="2D55CE52" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E">
             <w:r>
               <w:t>Facility Location Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0006407E" w:rsidTr="0006407E">
+      <w:tr w:rsidR="0006407E" w14:paraId="3C5587EA" w14:textId="77777777" w:rsidTr="0006407E">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="4F8C0294" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="494BB877" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="78F078C1" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0006407E" w:rsidTr="0006407E">
+      <w:tr w:rsidR="0006407E" w14:paraId="56769DBE" w14:textId="77777777" w:rsidTr="0006407E">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="384BE2F7" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="524EF818" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="3A908CCE" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0006407E" w:rsidTr="0006407E">
+      <w:tr w:rsidR="0006407E" w14:paraId="331B1696" w14:textId="77777777" w:rsidTr="0006407E">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="1F8E52E0" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="320E0E7A" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+          <w:p w14:paraId="604E3383" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0006407E" w:rsidRPr="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
-    <w:p w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="00754B7C">
+    <w:p w14:paraId="313E44D8" w14:textId="77777777" w:rsidR="0006407E" w:rsidRPr="0006407E" w:rsidRDefault="0006407E" w:rsidP="0006407E"/>
+    <w:p w14:paraId="3CE3EFD4" w14:textId="77777777" w:rsidR="0006407E" w:rsidRDefault="0006407E" w:rsidP="00754B7C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>6.4.3 Responsible Official Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0006407E" w:rsidRPr="00022602" w:rsidRDefault="0006407E" w:rsidP="001F18E3">
+    <w:p w14:paraId="0F747E4C" w14:textId="2239C26D" w:rsidR="0006407E" w:rsidRPr="00022602" w:rsidRDefault="0006407E" w:rsidP="001F18E3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00022602">
-        <w:t xml:space="preserve">Please deactivate the user account identified above from the MCES Industrial Online </w:t>
+        <w:t xml:space="preserve">Please deactivate the user account identified above from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t xml:space="preserve">Met Council </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022602">
+        <w:t xml:space="preserve">Industrial Online </w:t>
       </w:r>
       <w:r w:rsidR="00E65171">
         <w:t xml:space="preserve">Reporting </w:t>
       </w:r>
       <w:r w:rsidRPr="00022602">
         <w:t xml:space="preserve">System, which is associated </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>to</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00022602">
         <w:t xml:space="preserve"> the above-listed facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0006407E" w:rsidRPr="00022602" w:rsidRDefault="0006407E" w:rsidP="001F18E3">
+    <w:p w14:paraId="031DDAC4" w14:textId="689FB966" w:rsidR="0006407E" w:rsidRPr="00022602" w:rsidRDefault="0006407E" w:rsidP="001F18E3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00022602">
-        <w:t>I understand that I am obligated to continue to use the MCES Industrial Online Reporting System to conclude any business (reporting, correcting or submitting data) during the time this user account is active.</w:t>
+        <w:t xml:space="preserve">I understand that I am obligated to continue to use the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t xml:space="preserve">Met Council </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022602">
+        <w:t>Industrial Online Reporting System to conclude any business (reporting, correcting or submitting data) during the time this user account is active.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0006407E" w:rsidRPr="00022602" w:rsidRDefault="0006407E" w:rsidP="001F18E3">
+    <w:p w14:paraId="2B5E4AAD" w14:textId="785A1238" w:rsidR="0006407E" w:rsidRPr="00022602" w:rsidRDefault="0006407E" w:rsidP="001F18E3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00022602">
         <w:t>I further understand that this request in no way changes the submission requirements of this facility.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00022602">
         <w:t xml:space="preserve">This request only </w:t>
       </w:r>
       <w:r>
         <w:t>provides</w:t>
       </w:r>
       <w:r w:rsidRPr="00022602">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">notice </w:t>
       </w:r>
       <w:r w:rsidRPr="00022602">
-        <w:t>that the user will no longer use the MCES Industrial Online Reporting System.</w:t>
+        <w:t>that the user will no longer use the M</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t xml:space="preserve">et Council </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022602">
+        <w:t>Industrial Online Reporting System.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5074"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="001F18E3">
+      <w:tr w:rsidR="001F18E3" w14:paraId="0360ACB6" w14:textId="77777777" w:rsidTr="001F18E3">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
+          <w:p w14:paraId="5B638E8A" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text9"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1209,64 +1231,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="15601DC0" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
+          <w:p w14:paraId="23620B85" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text10"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1277,155 +1299,155 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="001F18E3">
+      <w:tr w:rsidR="001F18E3" w14:paraId="67AF0519" w14:textId="77777777" w:rsidTr="001F18E3">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
+          <w:p w14:paraId="2ECE68DB" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
             <w:r>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="00DE1399">
               <w:t xml:space="preserve"> of RO</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (type or print)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="3F996FE0" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="00B526C5">
+          <w:p w14:paraId="7C65C7CD" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="00B526C5">
             <w:r>
               <w:t xml:space="preserve">Title </w:t>
             </w:r>
             <w:r w:rsidR="00DE1399">
               <w:t xml:space="preserve">of RO </w:t>
             </w:r>
             <w:r>
               <w:t>(type or print)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="001F18E3">
+      <w:tr w:rsidR="001F18E3" w14:paraId="3959865A" w14:textId="77777777" w:rsidTr="001F18E3">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="40637336" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="4247C45F" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
+          <w:p w14:paraId="56453D9D" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text11"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1436,356 +1458,408 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="001F18E3">
+      <w:tr w:rsidR="001F18E3" w14:paraId="6D5F744D" w14:textId="77777777" w:rsidTr="001F18E3">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
+          <w:p w14:paraId="3A840E20" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
             <w:r>
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidR="00DE1399">
               <w:t xml:space="preserve"> of RO</w:t>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="771EBCE2" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
+          <w:p w14:paraId="71413371" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0006407E" w:rsidRPr="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="0006407E">
+    <w:p w14:paraId="01FDB0BA" w14:textId="77777777" w:rsidR="0006407E" w:rsidRPr="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="0006407E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F18E3">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
         <w:t>Print this form, save a copy for your records and mail to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="0006407E">
+    <w:p w14:paraId="7C7181B2" w14:textId="72789560" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="0006407E">
       <w:r>
-        <w:t>MCES Industrial Online Reporting System Coordinator</w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t>etropolitan Council</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Industrial Online Reporting System Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F18E3" w:rsidRPr="0006407E" w:rsidRDefault="001F18E3" w:rsidP="0006407E">
+    <w:p w14:paraId="2989775D" w14:textId="61001D86" w:rsidR="001F18E3" w:rsidRPr="0006407E" w:rsidRDefault="001F18E3" w:rsidP="0006407E">
       <w:r>
-        <w:t>390 Robert Street North</w:t>
+        <w:t xml:space="preserve">390 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C42">
+        <w:t xml:space="preserve">North </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Robert Street</w:t>
       </w:r>
       <w:r w:rsidR="00F8077C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>St. Paul, MN 55101</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001F18E3" w:rsidRPr="0006407E" w:rsidSect="00723188">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="1B2AF696" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="45BB7DDF" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00812094" w:rsidRPr="00056B9C" w:rsidRDefault="006D5C2C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45143294" w14:textId="4106D7FE" w:rsidR="00812094" w:rsidRPr="00056B9C" w:rsidRDefault="00D14C42">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r>
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>Date Received: _____________</w:t>
+    </w:r>
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DE1399">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DE1399">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
-      <w:t>IORS-</w:t>
+      <w:t>IORS</w:t>
     </w:r>
-    <w:r w:rsidRPr="00056B9C">
+    <w:r>
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
-      <w:t>AcctDeactivateReq-2016</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>Acc</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ount </w:t>
+    </w:r>
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>Deactivat</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>ion Form</w:t>
+    </w:r>
+    <w:r w:rsidR="006D5C2C" w:rsidRPr="00056B9C">
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>-20</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="04AC2F4B" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="599E360D" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100135A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="208C15CE"/>
     <w:lvl w:ilvl="0" w:tplc="94BA0B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1883,164 +1957,169 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1175609574">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="77"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0082627F"/>
     <w:rsid w:val="00031DCB"/>
     <w:rsid w:val="00056B9C"/>
     <w:rsid w:val="0006407E"/>
     <w:rsid w:val="00097944"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001F18E3"/>
     <w:rsid w:val="00256589"/>
     <w:rsid w:val="00277B4D"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="004E021E"/>
     <w:rsid w:val="005931D2"/>
     <w:rsid w:val="006D5C2C"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="00754B7C"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="0082627F"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A13644"/>
+    <w:rsid w:val="00A56735"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00B526C5"/>
     <w:rsid w:val="00B56F7A"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00CD3FB1"/>
+    <w:rsid w:val="00D14C42"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00DE1399"/>
     <w:rsid w:val="00DE203D"/>
+    <w:rsid w:val="00E41AA1"/>
     <w:rsid w:val="00E65171"/>
     <w:rsid w:val="00F8077C"/>
     <w:rsid w:val="00FA3CFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2EADC079"/>
   <w15:docId w15:val="{34461118-300B-48E6-9546-2B81DFA22D16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2368,50 +2447,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Body Copy"/>
     <w:qFormat/>
     <w:rsid w:val="0082627F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0082627F"/>
     <w:pPr>
@@ -2884,51 +2968,51 @@
     <w:rsid w:val="001F18E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00B526C5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\SSBU\IWPP\iwForms\Templates\IWPPpermitformtemplate.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -3182,73 +3266,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>IWPPpermitformtemplate</Template>
+  <Template>IWPPpermitformtemplate.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>263</Words>
-  <Characters>1551</Characters>
+  <Words>277</Words>
+  <Characters>1583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Industrial Online Reporting System Account Deactivation Request</vt:lpstr>
+      <vt:lpstr>Industrial Online Reporting System Account Deactivation Request</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1785</CharactersWithSpaces>
+  <CharactersWithSpaces>1857</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Industrial Online Reporting System Account Deactivation Request</dc:title>
+  <dc:title>Industrial Online Reporting System Account Deactivation Request</dc:title>
   <dc:subject>Form</dc:subject>
-  <dc:creator>lundelmm</dc:creator>
-  <dc:description>IORS - ADA compliant for web</dc:description>
+  <dc:creator/>
+  <dc:description>2016 IORS - ADA compliant for web. 2025-removed unanchored text box and MCES references. </dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>IORS</cp:category>
 </cp:coreProperties>
 </file>