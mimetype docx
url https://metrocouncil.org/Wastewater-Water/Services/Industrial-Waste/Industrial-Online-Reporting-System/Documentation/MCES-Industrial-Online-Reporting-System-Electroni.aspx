--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -2,1639 +2,1950 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="0EE7F673" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="73E65053" w14:textId="404001A5" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
+        <w:t xml:space="preserve">   Industrial Waste </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="65A462FB" w14:textId="522D2C12" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">   390 Robert Street</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00763349">
+        <w:t xml:space="preserve">   390 </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00763349" w:rsidRPr="00D47A4F">
+        <w:t xml:space="preserve">North </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>North</w:t>
+        <w:t>Robert Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
+    <w:p w14:paraId="6E762780" w14:textId="77777777" w:rsidR="00723188" w:rsidRPr="00D47A4F" w:rsidRDefault="00723188" w:rsidP="00723188">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2274" w:y="-346"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, M</w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00C47C93">
+    <w:p w14:paraId="45D63E0E" w14:textId="5A1109E3" w:rsidR="00723188" w:rsidRDefault="00723188">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...38 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57557344" wp14:editId="5AB52F84">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-321945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 1" descr="MetcMark4C 243x221"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="MetcMark4C 243x221"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723188" w:rsidRDefault="00723188"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00097944" w:rsidRDefault="00414AB0" w:rsidP="0082627F">
+    <w:p w14:paraId="47176FEF" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
+    <w:p w14:paraId="692DFD49" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
+    <w:p w14:paraId="245AD514" w14:textId="70AB327C" w:rsidR="00097944" w:rsidRDefault="00414AB0" w:rsidP="0082627F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6.3 </w:t>
       </w:r>
       <w:r w:rsidR="0082627F">
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="00841D98">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="0082627F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00E321F3">
+        <w:t xml:space="preserve">Metropolitan Council </w:t>
+      </w:r>
       <w:r w:rsidR="00841D98">
-        <w:t>MCES Ele</w:t>
-[...4 lines deleted...]
-        <w:t>ctronic Signature Agreement</w:t>
+        <w:t>Electronic Signature Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00F24B8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097944" w:rsidRPr="008E1DB5" w:rsidRDefault="00F24B8A" w:rsidP="002E450A">
+    <w:p w14:paraId="4BAD27E6" w14:textId="6708B1BB" w:rsidR="00097944" w:rsidRPr="008E1DB5" w:rsidRDefault="00F24B8A" w:rsidP="002E450A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1DB5">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>For use of MCES Industrial Online Reporting System</w:t>
+        <w:t xml:space="preserve">For use of </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:rPr>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1DB5">
+        <w:rPr>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Industrial Online Reporting System</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F24B8A" w:rsidRPr="007B465B" w:rsidRDefault="00F24B8A" w:rsidP="00763349">
+    <w:p w14:paraId="4CE06EE8" w14:textId="46640D0A" w:rsidR="00F24B8A" w:rsidRPr="007B465B" w:rsidRDefault="00F24B8A" w:rsidP="00763349">
       <w:r w:rsidRPr="007B465B">
         <w:t xml:space="preserve">Use this </w:t>
       </w:r>
       <w:r w:rsidR="00841D98">
         <w:t>Electronic Signature Agreement (ESA)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B465B">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00841D98">
         <w:t xml:space="preserve">request Responsible Official (RO) privileges, which allow the user to electronically </w:t>
       </w:r>
       <w:r w:rsidRPr="007B465B">
         <w:t xml:space="preserve">submit </w:t>
       </w:r>
       <w:r w:rsidR="00841D98">
         <w:t xml:space="preserve">permitting and monitoring data </w:t>
       </w:r>
       <w:r w:rsidRPr="007B465B">
-        <w:t>to MCES.</w:t>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B465B">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">etropolitan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B465B">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B465B">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082627F" w:rsidRDefault="00414AB0" w:rsidP="00602393">
+    <w:p w14:paraId="590B97A4" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00414AB0" w:rsidP="00602393">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6.3.1 </w:t>
       </w:r>
       <w:r w:rsidR="00841D98">
         <w:t>Responsible Official (RO) Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1818"/>
         <w:gridCol w:w="8730"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0082627F" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="0082627F" w14:paraId="43AF11BC" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
-[...1 lines deleted...]
-              <w:t>User Name:</w:t>
+          <w:p w14:paraId="2CC554DB" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>User Name</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="29552D14" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:bookmarkStart w:id="0" w:name="Text2"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="0082627F" w14:paraId="0737F689" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+          <w:p w14:paraId="2E483F5A" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
             <w:r>
               <w:t xml:space="preserve">Legal </w:t>
             </w:r>
             <w:r w:rsidR="00F24B8A">
               <w:t>F</w:t>
             </w:r>
             <w:r>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="00F24B8A">
               <w:t>l</w:t>
             </w:r>
             <w:r>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidR="00F24B8A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0082627F">
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="24B3224F" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text3"/>
+            <w:bookmarkStart w:id="1" w:name="Text3"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="0082627F" w14:paraId="79A79A27" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+          <w:p w14:paraId="08F9A457" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
             <w:r>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidR="0082627F">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="6C22446A" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text4"/>
+            <w:bookmarkStart w:id="2" w:name="Text4"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F24B8A" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="00F24B8A" w14:paraId="6A33103E" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F24B8A" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+          <w:p w14:paraId="2DD1CFEB" w14:textId="77777777" w:rsidR="00F24B8A" w:rsidRDefault="00841D98" w:rsidP="00841D98">
             <w:r>
               <w:t>Mailing Address</w:t>
             </w:r>
             <w:r w:rsidR="00F24B8A">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F24B8A" w:rsidRDefault="00F24B8A" w:rsidP="0082627F">
+          <w:p w14:paraId="652226B0" w14:textId="77777777" w:rsidR="00F24B8A" w:rsidRDefault="00F24B8A" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text12"/>
+            <w:bookmarkStart w:id="3" w:name="Text12"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="0082627F" w14:paraId="78F44165" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+          <w:p w14:paraId="4403005A" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
             <w:r>
               <w:t>City, State, Zip</w:t>
             </w:r>
             <w:r w:rsidR="0082627F">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="423150C4" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text5"/>
+            <w:bookmarkStart w:id="4" w:name="Text5"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082627F" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="0082627F" w14:paraId="73AC4C21" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+          <w:p w14:paraId="4D7DC9DC" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00841D98" w:rsidP="00841D98">
             <w:r>
               <w:t>Email Address</w:t>
             </w:r>
             <w:r w:rsidR="0082627F">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
+          <w:p w14:paraId="6DB5D4A9" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0006407E" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text6"/>
+            <w:bookmarkStart w:id="5" w:name="Text6"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841D98" w:rsidTr="009D3D95">
+      <w:tr w:rsidR="00841D98" w14:paraId="00093E39" w14:textId="77777777" w:rsidTr="009D3D95">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00841D98" w:rsidRDefault="00841D98" w:rsidP="00841D98">
+          <w:p w14:paraId="33F18E31" w14:textId="77777777" w:rsidR="00841D98" w:rsidRDefault="00841D98" w:rsidP="00841D98">
             <w:r>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00841D98" w:rsidRDefault="00841D98" w:rsidP="0082627F">
+          <w:p w14:paraId="54E8BF8C" w14:textId="77777777" w:rsidR="00841D98" w:rsidRDefault="00841D98" w:rsidP="0082627F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text13"/>
+            <w:bookmarkStart w:id="6" w:name="Text13"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0082627F" w:rsidRDefault="00602393" w:rsidP="00602393">
+    <w:p w14:paraId="7DA4B472" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="00602393" w:rsidP="00602393">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6.3.2 </w:t>
       </w:r>
       <w:r w:rsidR="00841D98">
         <w:t>Facility</w:t>
       </w:r>
       <w:r w:rsidR="00F24B8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0006407E">
         <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D3D95" w:rsidRPr="009D3D95" w:rsidRDefault="009D3D95" w:rsidP="009D3D95">
+    <w:p w14:paraId="32AB6BE8" w14:textId="77777777" w:rsidR="009D3D95" w:rsidRPr="009D3D95" w:rsidRDefault="009D3D95" w:rsidP="009D3D95">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Responsible Official (RO) privileges are requested for the following facilities:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="5940"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009964BA" w:rsidTr="009964BA">
+      <w:tr w:rsidR="009964BA" w14:paraId="70E69B36" w14:textId="77777777" w:rsidTr="009964BA">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0">
+          <w:p w14:paraId="75577985" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0">
             <w:r>
               <w:t>Permit No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0">
+          <w:p w14:paraId="37DDE624" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0">
             <w:r>
               <w:t>Facility Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0">
+          <w:p w14:paraId="56D2D29C" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0">
             <w:r>
               <w:t>Facility Location Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009964BA" w:rsidTr="009964BA">
+      <w:tr w:rsidR="009964BA" w14:paraId="6C5C8557" w14:textId="77777777" w:rsidTr="009964BA">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="59DD6013" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="1CBBA3AD" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="6582F777" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009964BA" w:rsidTr="009964BA">
+      <w:tr w:rsidR="009964BA" w14:paraId="0AF333A4" w14:textId="77777777" w:rsidTr="009964BA">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="34745723" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="6E3FAF5B" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="1C372781" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009964BA" w:rsidTr="009964BA">
+      <w:tr w:rsidR="009964BA" w14:paraId="436C9734" w14:textId="77777777" w:rsidTr="009964BA">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="2F10E1C3" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="35B1BEBF" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="7EEF751B" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009964BA" w:rsidTr="009964BA">
+      <w:tr w:rsidR="009964BA" w14:paraId="4B4E5D88" w14:textId="77777777" w:rsidTr="009964BA">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="37F16C40" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="43D29C3B" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
+          <w:p w14:paraId="01C05A21" w14:textId="77777777" w:rsidR="009964BA" w:rsidRDefault="009964BA" w:rsidP="00E414C0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009D3D95" w:rsidRPr="009D3D95" w:rsidRDefault="009D3D95" w:rsidP="009D3D95">
+    <w:p w14:paraId="1867176F" w14:textId="77777777" w:rsidR="009D3D95" w:rsidRPr="009D3D95" w:rsidRDefault="009D3D95" w:rsidP="009D3D95">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>Submittal Reason:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
+    <w:p w14:paraId="45FAAC74" w14:textId="77777777" w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
       <w:pPr>
         <w:spacing w:before="60" w:after="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Check1"/>
+      <w:bookmarkStart w:id="7" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00602393">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
         </w:rPr>
         <w:t>New:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004D11B7">
         <w:t>This is the first ESA submitted for this user account to act as the RO for the above facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
+    <w:p w14:paraId="3CB6C1A5" w14:textId="77777777" w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
       <w:pPr>
         <w:spacing w:before="60" w:after="240"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Check2"/>
+      <w:bookmarkStart w:id="8" w:name="Check2"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00602393">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
         </w:rPr>
         <w:t>Change:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> This is an updated ESA submitted because the </w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:t xml:space="preserve">signatory authority </w:t>
       </w:r>
       <w:r>
         <w:t>at the facility has changed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
+    <w:p w14:paraId="4A2FB92C" w14:textId="77777777" w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
       <w:pPr>
         <w:spacing w:before="60" w:after="240"/>
         <w:ind w:left="288"/>
       </w:pPr>
       <w:r>
         <w:t>Specify the RO(s) to be replaced: ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
+    <w:p w14:paraId="23DFABD8" w14:textId="298868BE" w:rsidR="004D11B7" w:rsidRDefault="004D11B7" w:rsidP="002E450A">
       <w:pPr>
         <w:spacing w:before="60" w:after="240"/>
         <w:ind w:left="288"/>
       </w:pPr>
       <w:r>
-        <w:t>Note: Any RO requesting to discontinue electronic submissions must complete the MCE</w:t>
+        <w:t xml:space="preserve">Note: Any RO requesting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to discontinue</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> electronic submissions must complete the M</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t>ouncil</w:t>
       </w:r>
       <w:r w:rsidR="002E450A">
-        <w:t>S Account Deactivation Request F</w:t>
+        <w:t xml:space="preserve"> Account Deactivation Request F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">orm </w:t>
       </w:r>
       <w:r w:rsidR="002E450A">
         <w:t>(Section 6.4, Appendix D).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E450A" w:rsidRDefault="002E450A" w:rsidP="009D3D95">
+    <w:p w14:paraId="56D055A9" w14:textId="77777777" w:rsidR="002E450A" w:rsidRDefault="002E450A" w:rsidP="009D3D95">
       <w:pPr>
         <w:spacing w:before="60" w:after="360"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Check3"/>
+      <w:bookmarkStart w:id="9" w:name="Check3"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E450A">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
         </w:rPr>
         <w:t>Reactivation:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> This is a re-activation of a user account to act as the RO for the above facilities. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E450A" w:rsidTr="002E450A">
+      <w:tr w:rsidR="002E450A" w14:paraId="04C2534F" w14:textId="77777777" w:rsidTr="002E450A">
         <w:trPr>
           <w:trHeight w:val="1584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E450A" w:rsidRDefault="002E450A" w:rsidP="002E450A">
+          <w:p w14:paraId="11730638" w14:textId="779AADA1" w:rsidR="002E450A" w:rsidRDefault="002E450A" w:rsidP="002E450A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notes to MCES </w:t>
+              <w:t xml:space="preserve">Notes to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="0049433D">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0049433D">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="0049433D">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>ouncil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E450A">
               <w:t>(optional):</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E450A" w:rsidRPr="004D11B7" w:rsidRDefault="002E450A" w:rsidP="002E450A">
+    <w:p w14:paraId="2E02C3AF" w14:textId="77777777" w:rsidR="002E450A" w:rsidRPr="004D11B7" w:rsidRDefault="002E450A" w:rsidP="002E450A">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="001A6382" w:rsidRDefault="00406632" w:rsidP="001A6382">
+    <w:p w14:paraId="3B19DD14" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="001A6382" w:rsidRDefault="00406632" w:rsidP="001A6382">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001A6382">
         <w:lastRenderedPageBreak/>
         <w:t>6.3.3 Terms and Conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="6A430D33" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>DEFINITION: A Responsible Official (RO) refers to any signer of this document.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">An individual must meet EPA’s signatory </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">requirements in 40 CFR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ptext-14"/>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r>
         <w:t>403.12(l)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> to be an RO.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="295E3B90" w14:textId="2EC9E8AB" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">PURPOSE: </w:t>
       </w:r>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>his agreement create</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> legally binding obligations for the parties using the specified data transmission protocols and the MCES Industrial Online Reporting System</w:t>
+        <w:t xml:space="preserve"> legally binding obligations for the parties using the specified data transmission protocols and the </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">etropolitan </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>Industrial Online Reporting System</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve">he RO agrees to (i) </w:t>
+        <w:t>he RO agrees to (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>aintain confidentiality and protect the electronic signature from unauthorized use or compromise, and follow a</w:t>
       </w:r>
       <w:r>
         <w:t>ll</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> procedures specified by MCES for this purpose; </w:t>
+        <w:t xml:space="preserve"> procedures specified by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">Met </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve"> for this purpose; </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">(ii) </w:t>
       </w:r>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">e as legally bound, obligated, </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> responsible by use of the </w:t>
+        <w:t xml:space="preserve"> responsible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve"> use of the </w:t>
       </w:r>
       <w:r>
         <w:t>RO’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> electronic signature as by hand-written signature.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="1F1FDB95" w14:textId="50F2562D" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">VALIDITY AND ENFORCEABILITY: </w:t>
       </w:r>
       <w:r>
         <w:t>By t</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">his Agreement the parties </w:t>
       </w:r>
       <w:r>
         <w:t>agree</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> to follow MCES procedures t</w:t>
+        <w:t xml:space="preserve"> to follow </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>procedures t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>create binding regulatory reporting documents using electronic transmission and receipt of such records, consistent with the provisions of 40 C.F.R. Part 3 (CROSS-MEDIA ELECTRONIC REPORTING Requirements, CROMERR).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>Acceptance and execution of this agreement by MCES is shown by the issuance of a personal identification number (PIN) to the Certifier.</w:t>
+        <w:t>Acceptance and execution of this agreement by M</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0049433D">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve"> is shown by the issuance of a personal identification number (PIN) to the Certifier.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">Consistent with 40 C.F.R. Part 3, electronic signatures under this agreement have the same force and effect as a written signature. </w:t>
       </w:r>
       <w:r>
         <w:t>Written</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> signatures will remain on file with MCES.</w:t>
+        <w:t xml:space="preserve"> signatures will remain on file with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="2437958F" w14:textId="0C0572A6" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>RECEIPT: A submission is received when it is accessible by MCES</w:t>
+        <w:t xml:space="preserve">RECEIPT: A submission is received when it is accessible by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">can be fully processed and </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">complies with MCES’ </w:t>
+        <w:t>complies with M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil’s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">electronic transfer protocol </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve">MCES may </w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve"> may </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">modify </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>from time to time</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">  A submission does not satisfy any reporting requirement </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in a facility’s industrial discharge permit </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>until it is received</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by MCES</w:t>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>For permit renewal and compliance reporting, t</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC652A">
         <w:t xml:space="preserve">he RO </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">agrees </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC652A">
-        <w:t xml:space="preserve">that upon activation of the RO account for requested facilities, the MCES Industrial Online Reporting System will be expecting to receive electronic transmission of reports at the interval specified in the permit.  If MCES does not receive the submissions from the RO at the expected time, the database will flag the required submissions as </w:t>
+        <w:t>that upon activation of the RO account for requested facilities, the M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t xml:space="preserve"> Industrial Online Reporting System will be expecting to receive electronic transmission of reports at the interval specified in the permit.  If </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t xml:space="preserve"> does not receive the submissions from the RO at the expected time, the database will flag the required submissions as </w:t>
       </w:r>
       <w:r>
         <w:t>not received</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC652A">
-        <w:t xml:space="preserve">. If the RO chooses to discontinue using the MCES Industrial Online Reporting System and return to using paper forms, the RO must complete, sign, and submit an MCES Account Deactivation Form. If </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">MCES </w:t>
+        <w:t xml:space="preserve">. If the RO chooses to discontinue using the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>Industrial Online Reporting System and return to using paper forms, the RO must complete, sign, and submit a M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t xml:space="preserve"> Account Deactivation Form. If </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC652A">
         <w:t>does not receive this form, it is likely that the system will continue to produce “</w:t>
       </w:r>
       <w:r>
         <w:t>not received</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC652A">
         <w:t xml:space="preserve">” flags (indicating reporting violations). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="03714BCC" w14:textId="1AD60335" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve">VERIFICATION: Upon receipt of a submission, MCES </w:t>
+        <w:t xml:space="preserve">VERIFICATION: Upon receipt of a submission, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
       </w:r>
       <w:r>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> process the submission to make it accessible. The RO is responsible for the content of each submission, and for reviewing the accuracy of the processed document, both in accordance with the associated certification statement, as made available by the MCES Industrial Online Reporting System.</w:t>
+        <w:t xml:space="preserve"> process the submission to make it accessible. The RO is responsible for the content of each submission, and for reviewing the accuracy of the processed document, both in accordance with the associated certification statement, as made available by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>Industrial Online Reporting System.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="008E1DB5" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="2C75711B" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="008E1DB5" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">SIGNATURE: The RO </w:t>
       </w:r>
       <w:r>
         <w:t>agrees that their p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">ersonal </w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">dentification </w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
@@ -1697,788 +2008,1147 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>certification statement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in each transmission per 40 CFR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ptext-14"/>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>§ 403.6(a)(2)</w:t>
       </w:r>
       <w:r w:rsidR="008E1DB5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="3080E1CA" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve">SECURITY: The parties must take reasonable actions to implement and maintain security procedures necessary to ensure the protection of transmissions against the risk of unauthorized access, alteration, loss or destruction including, but not limited to: protecting the secrecy of passwords and electronic signatures and only transmitting files in an acceptable protocol. </w:t>
+        <w:t xml:space="preserve">SECURITY: The parties must take reasonable actions to implement and maintain security procedures necessary to ensure the protection of transmissions against the risk of unauthorized access, alteration, loss or destruction including, but not limited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>to:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve"> protecting the secrecy of passwords and electronic signatures and only transmitting files in an acceptable protocol. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="5B62D913" w14:textId="0B0EB5D6" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>USE OF PIN: Each RO must be a person identified by the facility as someone who meets EPA’s criteria of being a</w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:t xml:space="preserve"> signatory authority</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">If a PIN </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> compromised or there is evidence of potential compromise, </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">MCES will suspend </w:t>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">will suspend </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>the PIN</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and affected account</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>In addition, MCES will inactivate or revoke a PIN where the RO is no longer an authorized signatory.</w:t>
+        <w:t xml:space="preserve">In addition, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>will inactivate or revoke a PIN where the RO is no longer an authorized signatory.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>Each RO agrees that MCES may act immediately and unilaterally in any decision to suspend, inactivate, revoke, or otherwise disallow use of a PIN by any RO, where MCES staff believes that such action is necessary to ensure the authenticity, integrity or general security of transmissions or records, or where there are any actual or apparent violations of this agreement.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  Each RO also agrees to immediately report to MCES any compromise or potential compromise of a PIN.</w:t>
+        <w:t xml:space="preserve">Each RO agrees that </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">may act immediately and unilaterally in any decision to suspend, inactivate, revoke, or otherwise disallow use of a PIN by any RO, where </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>staff believes that such action is necessary to ensure the authenticity, integrity or general security of transmissions or records, or where there are any actual or apparent violations of this agreement.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  Each RO also agrees to immediately report to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r>
+        <w:t>any compromise or potential compromise of a PIN.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="7A2E8DCF" w14:textId="57FA585A" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">INABILITY TO TRANSMIT OR FILE REPORTS ELECTRONICALLY: No party is liable for any failure to perform its obligations in connection with any Electronic Transaction or any Electronic Document, where </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> failure results from any act or cause beyond </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">party’s control </w:t>
       </w:r>
       <w:r>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> prevents </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> party from electronically transmitting or receiving any document submissions.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">The RO is nonetheless required to submit records or information required by law </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">other means within the time period </w:t>
       </w:r>
       <w:r>
         <w:t>required by</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> law, unless a written extension has been granted by MCES. </w:t>
+        <w:t xml:space="preserve"> law, unless a written extension has been granted by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="67032B38" w14:textId="40305783" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>CONTINUATION OF OPERATIONS: In the event that electronic submission of data is not possible via the MCES Industrial Online Reporting System, it is the responsibility of the RO to submit paper copies in accordance with the requirements of the Permit, or written extension granted by MCES.</w:t>
+        <w:t xml:space="preserve">CONTINUATION OF OPERATIONS: In the event that electronic submission of data is not possible via the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">Industrial Online Reporting System, it is the responsibility of the RO to submit paper copies in accordance with the requirements of the Permit, or written extension granted by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>Failure to submit data by the date required by the Permit</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>or extension is a violation and will be enforced according to MCES’ Enforcement Response Plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="7F9DE845" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SEVERABILITY: Any provision of this Agreement which is determined to be invalid or unenforceable will be ineffective to the extent of </w:t>
       </w:r>
       <w:r>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> determination without invalidating the remaining provisions of this Agreement or affecting the validity or enforceability of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>remaining provisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="67E4929B" w14:textId="1B2B1574" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>TERMINATION AND RENEWAL: This Agreement may be terminated by either party.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>Upon termination of this Agreement, the ability to submit electronic information through the MCES Industrial Online Report System will also terminate.</w:t>
+        <w:t xml:space="preserve">Upon termination of this Agreement, the ability to submit electronic information through the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>Industrial Online Report System will also terminate.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>This Agreement becomes effective upon notification of approval by the MCES to the RO (which may be an automated message from the MCES Industrial Online Reporting System or by separate notification).</w:t>
+        <w:t xml:space="preserve">This Agreement becomes effective upon notification of approval by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">to the RO (which may be an automated message from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>Industrial Online Reporting System or by separate notification).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>MCES will normally provide notification of the effective date, but if no date is provided, the effective date is the next reporting cycle following the notification.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>This Agreement will continue until modified by mutual consent or unless terminated with 60 days written notice by any party.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">This Agreement </w:t>
       </w:r>
       <w:r>
         <w:t>will be periodically reviewed and</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> amended or revised </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by both parties as needed or </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>when required.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F00C8E">
-        <w:t>MCES reserves the right to approve or disapprove this subscriber agreement.</w:t>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>reserves the right to approve or disapprove this subscriber agreement.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  This Agreement will be terminated if the facility’s Permit is also terminated.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="46D921BE" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>GOVERNING LAW: This Agreement is governed by and interpreted in accordance with 40 CFR 122, 40 CFR 3, and other applicable Minnesota State Law provisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="12F06346" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>AGREEMENT:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r>
         <w:t>and the facilities listed in Section 6.</w:t>
       </w:r>
       <w:r w:rsidR="00631595">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t>agree:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="001A6382">
+    <w:p w14:paraId="2B1D2177" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="001A6382">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Check4"/>
+      <w:bookmarkStart w:id="10" w:name="Check4"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>To protect my account and password from compromise, not allow anyone else to use my account, and not share my password with any other person;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">To protect my account and password from compromise, not allow anyone else to use my account, and not share my password with any other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
+    <w:p w14:paraId="17998C14" w14:textId="77777777" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="00406632" w:rsidP="008E1DB5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="720" w:hanging="288"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Check5"/>
+      <w:bookmarkStart w:id="11" w:name="Check5"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="008E1DB5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
-        <w:t>To change my password if I believe it becomes known to any other person;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">To change my password if I believe it becomes known to any other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F00C8E">
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
+    <w:p w14:paraId="789F976E" w14:textId="3F24E7CA" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Check6"/>
+      <w:bookmarkStart w:id="12" w:name="Check6"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve">To promptly report to MCES any evidence of the loss, theft, or other compromise of my account or password </w:t>
+        <w:t xml:space="preserve">To promptly report to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">any evidence of the loss, theft, or other compromise of my account or password </w:t>
       </w:r>
       <w:r w:rsidR="00406632">
         <w:t>within</w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> one business day;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> one business </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t>day;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
+    <w:p w14:paraId="1D8151B2" w14:textId="0A51503B" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Check7"/>
+      <w:bookmarkStart w:id="13" w:name="Check7"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t>To notify MCES in writing, if I terminate my employment, am reassigned or if any other change in my status causes me to cease to be an authorized signatory of any of the requested facilities listed in this Agreement.</w:t>
+        <w:t xml:space="preserve">To notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t>in writing, if I terminate my employment, am reassigned or if any other change in my status causes me to cease to be an authorized signatory of any of the requested facilities listed in this Agreement.</w:t>
       </w:r>
       <w:r w:rsidR="00406632">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
         <w:t>Notification should occu</w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t>r as soon as the change occurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
+    <w:p w14:paraId="0527E186" w14:textId="01D27D77" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Check8"/>
+      <w:bookmarkStart w:id="14" w:name="Check8"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t>To review, in a timely manner, the email and onscreen acknowledgements and copies of data submissions transmitted through my account to the MCES Industrial Online Reporting System;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">To review, in a timely manner, the email and onscreen acknowledgements and copies of data submissions transmitted through my account to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">Industrial Online Reporting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t>System;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
+    <w:p w14:paraId="66038C92" w14:textId="472584FD" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Check9"/>
+      <w:bookmarkStart w:id="15" w:name="Check9"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t>To report discrepancy between the submissions and what the MCES Industrial Online Reporting System received;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">To report discrepancy between the submissions and what the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve">Industrial Online Reporting System </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t>received;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
+    <w:p w14:paraId="3134B467" w14:textId="7BEC0DCE" w:rsidR="00406632" w:rsidRPr="00F00C8E" w:rsidRDefault="008E1DB5" w:rsidP="001A6382">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Check10"/>
+      <w:bookmarkStart w:id="16" w:name="Check10"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C47C93">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t>That in no event will MCES be liable to me or the facilit</w:t>
+        <w:t xml:space="preserve">That in no event will </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t>be liable to me or the facilit</w:t>
       </w:r>
       <w:r w:rsidR="00406632">
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t xml:space="preserve"> I represent for any special, consequential, indirect or similar damages, including any lost profits or lost data arising out of the use or inability to use the software or of any data supplied therewith even if MCES or anyone else has been advised of the possibility of such damages, or for any claim by any other party.</w:t>
+        <w:t xml:space="preserve"> I represent for any special, consequential, indirect or similar damages, including any lost profits or lost data arising out of the use or inability to use the software or of any data supplied therewith even if </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t>or anyone else has been advised of the possibility of such damages, or for any claim by any other party.</w:t>
       </w:r>
       <w:r w:rsidR="00406632">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
-        <w:t>MCES disclaims all warranties, expressed or implied, including but not limited to warranties of merchantability and fitness for a particular purpose, with respect to the software and the accompanying written materials</w:t>
+        <w:t>disclaims</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00406632" w:rsidRPr="00F00C8E">
+        <w:t xml:space="preserve"> all warranties, expressed or implied, including but not limited to warranties of merchantability and fitness for a particular purpose, with respect to the software and the accompanying written materials</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00406632" w:rsidRDefault="00406632" w:rsidP="006E7875">
+    <w:p w14:paraId="4DF99475" w14:textId="77777777" w:rsidR="00406632" w:rsidRDefault="00406632" w:rsidP="006E7875">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve">I understand that I </w:t>
       </w:r>
       <w:r>
         <w:t>and the facilities I represent are</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00C8E">
         <w:t xml:space="preserve"> as legally bound, obligated, and responsible by the electronic signature created</w:t>
       </w:r>
       <w:r w:rsidR="001A6382">
         <w:t xml:space="preserve"> as by a handwritten signature.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
+    <w:p w14:paraId="7AC11974" w14:textId="77777777" w:rsidR="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6.3.4 Responsible Official Designation by the </w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:t>Signatory A</w:t>
       </w:r>
       <w:r>
         <w:t>uthori</w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:t>ty</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRPr="00E3745D" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
+    <w:p w14:paraId="5CFA65E2" w14:textId="77777777" w:rsidR="001A6382" w:rsidRPr="00E3745D" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3745D">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>RO</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3745D">
         <w:t xml:space="preserve"> must meet EPA’s signatory criteria of a</w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:t xml:space="preserve"> signatory authority</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3745D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRPr="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
+    <w:p w14:paraId="0D237AED" w14:textId="77777777" w:rsidR="001A6382" w:rsidRPr="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A6382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="001D1089">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>responsible corporate officer, i</w:t>
       </w:r>
       <w:r w:rsidRPr="001A6382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
-        <w:t>f the facility is a corporation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">f the facility is a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A6382">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="505150"/>
+        </w:rPr>
+        <w:t>corporation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRPr="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
+    <w:p w14:paraId="252F9830" w14:textId="77777777" w:rsidR="001A6382" w:rsidRPr="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A6382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>A general partner or proprietor, if the facility is a partnership or sole proprietorship, respectively; or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRPr="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
+    <w:p w14:paraId="2DEE24DB" w14:textId="77777777" w:rsidR="001A6382" w:rsidRPr="001A6382" w:rsidRDefault="001A6382" w:rsidP="006A3C84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A6382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">A duly authorized representative of an individual in 1) or 2), if such representative is responsible for the overall operation of the facility </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidRPr="001A6382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="001A6382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>environmental matters for the facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRDefault="001A6382" w:rsidP="001A6382">
+    <w:p w14:paraId="2408C0F9" w14:textId="2E70A15D" w:rsidR="001A6382" w:rsidRDefault="001A6382" w:rsidP="001A6382">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>In many cases, a</w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve"> signatory authority </w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
@@ -2488,51 +3158,70 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve"> person</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">as an RO </w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
-        <w:t xml:space="preserve">for signing and submitting permit required documents electronically using the MCES Industrial Online Reporting System. </w:t>
+        <w:t xml:space="preserve">for signing and submitting permit required documents electronically using the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F360A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="505150"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Industrial Online Reporting System. </w:t>
       </w:r>
       <w:r w:rsidRPr="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">If the </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F" w:rsidRPr="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">signatory authority </w:t>
       </w:r>
       <w:r w:rsidRPr="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>wishes to designate a person for this purpose, please complete this Section of this Agreement.</w:t>
       </w:r>
@@ -2550,671 +3239,712 @@
         </w:rPr>
         <w:t>designated RO</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve"> must have overall responsibility for the operations of the facility </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>or the environmental matters of the facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A6382" w:rsidRDefault="007319F9" w:rsidP="00AE6A06">
+    <w:p w14:paraId="7EDFDB02" w14:textId="77777777" w:rsidR="001A6382" w:rsidRDefault="007319F9" w:rsidP="00AE6A06">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:t>the Signatory Authority</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007319F9" w:rsidRPr="000F360A" w:rsidRDefault="007319F9" w:rsidP="007319F9">
+    <w:p w14:paraId="6CE1D1A9" w14:textId="0E2E76BD" w:rsidR="007319F9" w:rsidRPr="000F360A" w:rsidRDefault="007319F9" w:rsidP="007319F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">I hereby designate (name) ___________________________________ as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">my designated RO </w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
-        <w:t>for the purpose of signing and submitting data to MCES electronically using the MCES Industrial Online Reporting System for the above-listed facilities. I understand that this designation does not release me from responsibility or liability for any violations of the MCES Waste Discharge Rules that may occur at these facilities.</w:t>
+        <w:t xml:space="preserve">for the purpose of signing and submitting data to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F360A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="505150"/>
+        </w:rPr>
+        <w:t xml:space="preserve">electronically using the Industrial Online Reporting System for the above-listed facilities. I understand that this designation does not release me from responsibility or liability for any violations of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F360A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="505150"/>
+        </w:rPr>
+        <w:t>Waste Discharge Rules that may occur at these facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007319F9" w:rsidRPr="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9"/>
+    <w:p w14:paraId="2E353D00" w14:textId="77777777" w:rsidR="007319F9" w:rsidRPr="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5074"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="001F18E3" w14:paraId="438F892D" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
+          <w:p w14:paraId="4B720589" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text9"/>
+            <w:bookmarkStart w:id="17" w:name="Text9"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="704B3F1E" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
+          <w:p w14:paraId="11C166C0" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text10"/>
+            <w:bookmarkStart w:id="18" w:name="Text10"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="001F18E3" w14:paraId="2882CA84" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="007319F9" w:rsidP="007319F9">
+          <w:p w14:paraId="748E4A60" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="007319F9" w:rsidP="007319F9">
             <w:r>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t>Signatory Authority</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="11C84C93" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="007319F9" w:rsidP="001F18E3">
+          <w:p w14:paraId="4C2E5514" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="007319F9" w:rsidP="001F18E3">
             <w:r>
               <w:t xml:space="preserve">Title of </w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t xml:space="preserve">Signatory </w:t>
             </w:r>
             <w:r>
               <w:t>Authori</w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t>ty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="001F18E3" w14:paraId="5067598D" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="3C9FF329" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="5F403120" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
+          <w:p w14:paraId="3CA99289" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="00CD3FB1" w:rsidP="001F18E3">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text11"/>
+            <w:bookmarkStart w:id="19" w:name="Text11"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F18E3" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="001F18E3" w14:paraId="05242D22" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
+          <w:p w14:paraId="27E35083" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
             <w:r>
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidR="007319F9">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t xml:space="preserve">Signatory </w:t>
             </w:r>
             <w:r w:rsidR="007319F9">
               <w:t>Authori</w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t>ty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="569486B5" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
+          <w:p w14:paraId="1B00B4C8" w14:textId="77777777" w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="001F18E3">
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007319F9" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="007319F9" w14:paraId="1FA8BC42" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007319F9" w:rsidRDefault="006D1AF6" w:rsidP="007319F9">
+          <w:p w14:paraId="57E427F9" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="006D1AF6" w:rsidP="007319F9">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text14"/>
+            <w:bookmarkStart w:id="20" w:name="Text14"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9"/>
+          <w:p w14:paraId="66DE6541" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9"/>
+          <w:p w14:paraId="7CDF5ABB" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007319F9" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="007319F9" w14:paraId="2C2F9DF9" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="00631595">
+          <w:p w14:paraId="274B016D" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="00631595">
             <w:r>
               <w:t xml:space="preserve">Email </w:t>
             </w:r>
             <w:r w:rsidR="00631595">
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ddress of </w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t xml:space="preserve">Signatory </w:t>
             </w:r>
             <w:r>
               <w:t>Authori</w:t>
             </w:r>
             <w:r w:rsidR="00353A9F">
               <w:t>ty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="03827716" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="001F18E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="001F18E3"/>
+          <w:p w14:paraId="3F1F3B38" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="001F18E3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9">
+    <w:p w14:paraId="39CC3000" w14:textId="77777777" w:rsidR="007319F9" w:rsidRDefault="007319F9" w:rsidP="007319F9">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00631595">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>esignated Responsible Officials:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007319F9" w:rsidRPr="000F360A" w:rsidRDefault="007319F9" w:rsidP="006A3C84">
+    <w:p w14:paraId="695A41F8" w14:textId="213A6801" w:rsidR="007319F9" w:rsidRPr="000F360A" w:rsidRDefault="007319F9" w:rsidP="006A3C84">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">I understand that as a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve">designated </w:t>
       </w:r>
       <w:r w:rsidR="00F87682">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
@@ -3232,82 +3962,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>uthori</w:t>
       </w:r>
       <w:r w:rsidR="00F87682">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>ty</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t xml:space="preserve"> and RO, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="505150"/>
         </w:rPr>
-        <w:t xml:space="preserve">I am responsible for ensuring accurate collection and representation of all information submitted electronically in the MCES Industrial Online Reporting System for the above-listed facilities. </w:t>
+        <w:t xml:space="preserve">I am responsible for ensuring accurate collection and representation of all information submitted electronically in the Industrial Online Reporting System for the above-listed facilities. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5074"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="0D27C27C" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="46A1BC5B" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3326,64 +4056,64 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="45C3D32A" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="0488BF83" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3392,155 +4122,155 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="14C55BDF" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00631595">
+          <w:p w14:paraId="495CC3DF" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00631595">
             <w:r>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00631595">
               <w:t>d</w:t>
             </w:r>
             <w:r>
               <w:t>esignated RO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="06D31E07" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00631595">
+          <w:p w14:paraId="6C33A81D" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00631595">
             <w:r>
               <w:t xml:space="preserve">Title of </w:t>
             </w:r>
             <w:r w:rsidR="00631595">
               <w:t>d</w:t>
             </w:r>
             <w:r>
               <w:t>esignated RO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="054C052A" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="72622CE3" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="3B60E71E" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="0F8F3E0C" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3549,452 +4279,478 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="03D69A17" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00631595">
+          <w:p w14:paraId="506ED594" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00631595">
             <w:r>
               <w:t xml:space="preserve">Signature of </w:t>
             </w:r>
             <w:r w:rsidR="00631595">
               <w:t>d</w:t>
             </w:r>
             <w:r>
               <w:t>esignated RO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="470466E2" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="0EEBB6F5" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="7DE8EBD4" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="5AE229F6" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text15"/>
+            <w:bookmarkStart w:id="21" w:name="Text15"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="3170B8C1" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="4C6C9DA7" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="7E719E07" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="00631595" w:rsidP="00631595">
+          <w:p w14:paraId="6BAC0DE3" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="00631595" w:rsidP="00631595">
             <w:r>
               <w:t>Email a</w:t>
             </w:r>
             <w:r w:rsidR="006D1AF6">
               <w:t xml:space="preserve">ddress of </w:t>
             </w:r>
             <w:r>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="006D1AF6">
               <w:t>esignated RO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="429DB0A1" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="368DF15F" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006A3C84" w:rsidRDefault="006A3C84" w:rsidP="006A3C84">
+    <w:p w14:paraId="67C86E8C" w14:textId="77777777" w:rsidR="006A3C84" w:rsidRDefault="006A3C84" w:rsidP="006A3C84">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="120" w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6.3.5 Responsible Official </w:t>
       </w:r>
       <w:r w:rsidR="00631595">
         <w:t xml:space="preserve">(RO) </w:t>
       </w:r>
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
+    <w:p w14:paraId="0F45E261" w14:textId="0AAC566C" w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
       <w:r w:rsidRPr="000F360A">
         <w:t xml:space="preserve">The RO is the person </w:t>
       </w:r>
       <w:r>
         <w:t>who</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
-        <w:t xml:space="preserve"> submits this Agreement to request the ability to electronically sign and submit data to MCES. The RO is given signatory authority to sign data submissions and other information under applicable regulations or is a delegated signatory authority by the individual(s) identified as the signatory authority in Section </w:t>
+        <w:t xml:space="preserve"> submits this Agreement to request the ability to electronically sign and submit data to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB">
+        <w:t>ouncil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F360A">
+        <w:t xml:space="preserve">. The RO is given signatory authority to sign data submissions and other information under applicable regulations or is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F360A">
+        <w:t>a delegated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F360A">
+        <w:t xml:space="preserve"> signatory authority by the individual(s) identified as the signatory authority in Section </w:t>
       </w:r>
       <w:r w:rsidR="00631595">
         <w:t>6.3.4</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:t xml:space="preserve"> of this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
+    <w:p w14:paraId="070A5DD6" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Signatory Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
+    <w:p w14:paraId="33BE8FDE" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
       <w:r w:rsidRPr="000F360A">
         <w:t>For the above-listed facilities, I, __________________________________, have the authority to enter into this Agreement under the applicable standards.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
+    <w:p w14:paraId="30A2092C" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>For Designated ROs:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
+    <w:p w14:paraId="5346A870" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="006D1AF6">
       <w:r w:rsidRPr="000F360A">
         <w:t xml:space="preserve">For the above-listed facilities, I, __________________________________, am authorized by the </w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:t xml:space="preserve">Signatory </w:t>
       </w:r>
       <w:r w:rsidR="00631595">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>uthori</w:t>
       </w:r>
       <w:r w:rsidR="00353A9F">
         <w:t xml:space="preserve">ty </w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:t xml:space="preserve">named in Section </w:t>
       </w:r>
       <w:r w:rsidR="00631595">
         <w:t>6.3.4</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:t xml:space="preserve"> of this Agreement, who has the signatory authority under </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">40 CFR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ptext-14"/>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="505150"/>
         </w:rPr>
         <w:t>403.12(l)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F360A">
         <w:t>, to enter into this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="00AE6A06">
+    <w:p w14:paraId="58B8A727" w14:textId="74B98C8A" w:rsidR="006D1AF6" w:rsidRPr="000F360A" w:rsidRDefault="006D1AF6" w:rsidP="00AE6A06">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="000F360A">
-        <w:t>By submitting this Agreement to MCES, I have read, understand, and accept the terms and conditions of this Agreement. I certify under penalty of law that I have personally examined and am familiar with the information submitted in this Agreement and all attachments contained in the Agreement, I believe that the information is true, accurate and complete. I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment.</w:t>
+        <w:t>By submitting this Agreement, I have read, understand, and accept the terms and conditions of this Agreement. I certify under penalty of law that I have personally examined and am familiar with the information submitted in this Agreement and all attachments contained in the Agreement, I believe that the information is true, accurate and complete. I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5074"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="6DCDFC4E" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="3EF17489" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="50107ECA" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="23DCEF1D" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4003,390 +4759,733 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1AF6" w:rsidTr="00570FDA">
+      <w:tr w:rsidR="006D1AF6" w14:paraId="51F0F050" w14:textId="77777777" w:rsidTr="00570FDA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="12553533" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:t>Signature of RO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
+          <w:p w14:paraId="69E6988D" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
+          <w:p w14:paraId="4E774DCF" w14:textId="77777777" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="002F361B">
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006A3C84" w:rsidRDefault="00F23AC8" w:rsidP="00570FDA">
+    <w:p w14:paraId="23401F68" w14:textId="2D30174E" w:rsidR="006A3C84" w:rsidRDefault="00F23AC8" w:rsidP="00570FDA">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C47C93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">This ESA form must be submitted </w:t>
       </w:r>
       <w:r w:rsidR="00B97688" w:rsidRPr="00C47C93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">to MCES </w:t>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00C91AEB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>the Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AEB" w:rsidRPr="00C91AEB">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C47C93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>as a paper copy with a wet-ink signature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B97688">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
         <w:t>When completed, p</w:t>
       </w:r>
       <w:r w:rsidR="001F18E3" w:rsidRPr="001F18E3">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
         <w:t>rint</w:t>
       </w:r>
       <w:r w:rsidR="00C47C93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> and sign</w:t>
       </w:r>
       <w:r w:rsidR="001F18E3" w:rsidRPr="001F18E3">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> this form, save a copy for your records and mail to:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AE6A06">
+        <w:t xml:space="preserve"> this form, save a copy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001F18E3" w:rsidRPr="001F18E3">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F18E3" w:rsidRPr="001F18E3">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your records and mail to:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A06">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F18E3" w:rsidRDefault="001F18E3" w:rsidP="00AE6A06">
+    <w:p w14:paraId="6E01934C" w14:textId="04E1A03F" w:rsidR="001F18E3" w:rsidRDefault="00565F77" w:rsidP="00AE6A06">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:r>
-        <w:t>MCES Industrial Online Reporting System Coordinator</w:t>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">etropolitan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC652A">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ouncil </w:t>
+      </w:r>
+      <w:r w:rsidR="001F18E3">
+        <w:t>Industrial Online Reporting System Coordinator</w:t>
       </w:r>
       <w:r w:rsidR="006A3C84">
         <w:br/>
       </w:r>
-      <w:r>
-        <w:t>390 Robert Street North</w:t>
+      <w:r w:rsidR="001F18E3">
+        <w:t xml:space="preserve">390 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">North </w:t>
+      </w:r>
+      <w:r w:rsidR="001F18E3">
+        <w:t>Robert Street</w:t>
       </w:r>
       <w:r w:rsidR="00921594">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AE6A06">
         <w:t>St. Paul, MN 55101.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="009D3D95">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="4D7CC57E" w14:textId="32758DF7" w:rsidR="006D1AF6" w:rsidRDefault="006D1AF6" w:rsidP="00565F77">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1AF6">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
         </w:rPr>
-        <w:t>Once this form is reviewed and approved, MCES will issue the RO a formal PIN to use in the MCES Industrial Online Reporting System.</w:t>
+        <w:t>Once this form is reviewed and approved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00565F77">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00565F77" w:rsidRPr="00565F77">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>the Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00565F77">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1AF6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>will issue the RO a formal PIN to use in the Industrial Online Reporting System.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00570FDA" w:rsidRPr="00570FDA" w:rsidRDefault="00C47C93" w:rsidP="00AF2A5A">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2425"/>
+        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="5575"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00565F77" w:rsidRPr="00565F77" w14:paraId="60BA56ED" w14:textId="77777777" w:rsidTr="00D20FD0">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ED9E9A" w14:textId="14A66E58" w:rsidR="009446A3" w:rsidRPr="00E321F3" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E321F3">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>For Met Council use only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EA7F65" w14:textId="77777777" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A260C80" w14:textId="5A1C37A5" w:rsidR="00565F77" w:rsidRPr="00D20FD0" w:rsidRDefault="00D20FD0" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D20FD0">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Received date: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00565F77" w:rsidRPr="00565F77" w14:paraId="52C8A3AD" w14:textId="77777777" w:rsidTr="009446A3">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A5A66D" w14:textId="1E661507" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00565F77">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Review date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58EE85C1" w14:textId="5FCE8EF6" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00565F77">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Review by:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5575" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="518E1501" w14:textId="1266EFAB" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approved?   </w:t>
+            </w:r>
+            <w:r w:rsidR="009446A3">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes      </w:t>
+            </w:r>
+            <w:r w:rsidR="009446A3">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00565F77" w:rsidRPr="00565F77" w14:paraId="086D2B3B" w14:textId="77777777" w:rsidTr="009446A3">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="792A1702" w14:textId="202676EC" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Approval date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC192F3" w14:textId="316D85DD" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Denial date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5575" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="432F4B6B" w14:textId="6517E818" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="00565F77">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Denial reason:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="033A7BAB" w14:textId="77777777" w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidRDefault="00565F77" w:rsidP="009D3D95">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:iCs/>
-[...84 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="Emphasis"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00570FDA" w:rsidRPr="00570FDA" w:rsidSect="00B97688">
+    <w:sectPr w:rsidR="00565F77" w:rsidRPr="00565F77" w:rsidSect="00B97688">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="4C1145E3" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="652BAE27" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00812094" w:rsidRPr="00116A09" w:rsidRDefault="0030470F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="39B772DF" w14:textId="6EFCA3C8" w:rsidR="00812094" w:rsidRPr="00116A09" w:rsidRDefault="0030470F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00116A09">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00116A09">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00116A09">
@@ -4481,85 +5580,85 @@
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00116A09">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00116A09">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00116A09">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>IORS-ESA-201</w:t>
+      <w:t>IORS-ESA-20</w:t>
     </w:r>
-    <w:r w:rsidR="00DB7E4A">
+    <w:r w:rsidR="00565F77">
       <w:rPr>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="1E6A0AEE" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
+    <w:p w14:paraId="4D73267C" w14:textId="77777777" w:rsidR="0082627F" w:rsidRDefault="0082627F" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F597789"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10AA9494"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5144,207 +6243,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1705400452">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1641767869">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="437990769">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1196238057">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1445880706">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1457068611">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0082627F"/>
     <w:rsid w:val="00031DCB"/>
     <w:rsid w:val="0006407E"/>
     <w:rsid w:val="00097944"/>
     <w:rsid w:val="000A37FD"/>
+    <w:rsid w:val="000D185D"/>
     <w:rsid w:val="00116A09"/>
+    <w:rsid w:val="00174E5C"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001A6382"/>
     <w:rsid w:val="001C1FD3"/>
     <w:rsid w:val="001D1089"/>
     <w:rsid w:val="001F18E3"/>
     <w:rsid w:val="00235E05"/>
     <w:rsid w:val="00297453"/>
     <w:rsid w:val="002E450A"/>
     <w:rsid w:val="0030470F"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="00353A9F"/>
     <w:rsid w:val="00406632"/>
     <w:rsid w:val="00411ED3"/>
     <w:rsid w:val="00414AB0"/>
+    <w:rsid w:val="0049433D"/>
     <w:rsid w:val="004D11B7"/>
     <w:rsid w:val="004E021E"/>
+    <w:rsid w:val="00565F77"/>
     <w:rsid w:val="00570FDA"/>
     <w:rsid w:val="005931D2"/>
     <w:rsid w:val="00602393"/>
     <w:rsid w:val="00631595"/>
     <w:rsid w:val="006A3C84"/>
     <w:rsid w:val="006D1AF6"/>
     <w:rsid w:val="006D609B"/>
     <w:rsid w:val="006E7875"/>
     <w:rsid w:val="00723188"/>
     <w:rsid w:val="007319F9"/>
     <w:rsid w:val="00763349"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="0082627F"/>
     <w:rsid w:val="00841D98"/>
     <w:rsid w:val="00874AA1"/>
     <w:rsid w:val="008B173D"/>
     <w:rsid w:val="008E1DB5"/>
     <w:rsid w:val="008F6482"/>
     <w:rsid w:val="00921594"/>
+    <w:rsid w:val="009446A3"/>
     <w:rsid w:val="00956585"/>
     <w:rsid w:val="009964BA"/>
     <w:rsid w:val="009D3D95"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
     <w:rsid w:val="00A13644"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00AE4CD6"/>
     <w:rsid w:val="00AE6A06"/>
     <w:rsid w:val="00AF2A5A"/>
     <w:rsid w:val="00B56F7A"/>
     <w:rsid w:val="00B97688"/>
     <w:rsid w:val="00BC3665"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C47C93"/>
+    <w:rsid w:val="00C617A9"/>
+    <w:rsid w:val="00C91AEB"/>
     <w:rsid w:val="00CD3FB1"/>
+    <w:rsid w:val="00D20FD0"/>
     <w:rsid w:val="00D47A4F"/>
     <w:rsid w:val="00D928B6"/>
     <w:rsid w:val="00DB7E4A"/>
     <w:rsid w:val="00DE203D"/>
+    <w:rsid w:val="00E321F3"/>
     <w:rsid w:val="00E414C0"/>
     <w:rsid w:val="00E93C96"/>
     <w:rsid w:val="00EB69E8"/>
+    <w:rsid w:val="00EC2819"/>
     <w:rsid w:val="00F23AC8"/>
     <w:rsid w:val="00F24B8A"/>
     <w:rsid w:val="00F87682"/>
     <w:rsid w:val="00FA3CFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1031"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5F3C18EB"/>
+  <w14:docId w14:val="2E3ED136"/>
   <w15:docId w15:val="{34461118-300B-48E6-9546-2B81DFA22D16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="374">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5675,50 +6790,52 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Body Copy"/>
     <w:qFormat/>
     <w:rsid w:val="0082627F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0082627F"/>
     <w:pPr>
@@ -6204,51 +7321,51 @@
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ptext-14">
     <w:name w:val="ptext-14"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00406632"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008E1DB5"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="589628900">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\SSBU\IWPP\iwForms\Templates\IWPPpermitformtemplate.dotx" TargetMode="External"/></Relationships>
@@ -6517,74 +7634,74 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>IWPPpermitformtemplate</Template>
+  <Template>IWPPpermitformtemplate.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2130</Words>
-  <Characters>12145</Characters>
+  <Words>2217</Words>
+  <Characters>12638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Industrial Online Reporting System Electronic Signature Agreement</vt:lpstr>
+      <vt:lpstr>Metropolitan Council Industrial Online Reporting System Electronic Signature Agreement</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14247</CharactersWithSpaces>
+  <CharactersWithSpaces>14826</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Industrial Online Reporting System Electronic Signature Agreement</dc:title>
+  <dc:title>Metropolitan Council Industrial Online Reporting System Electronic Signature Agreement</dc:title>
   <dc:subject>Form</dc:subject>
-  <dc:creator>lundelmm</dc:creator>
-[...1 lines deleted...]
-  <dc:description>IORS - ADA compliant for web - June 2016  Added MCES Use Only box at bottom of form. June 2017 - Signatory Authority changes</dc:description>
+  <dc:creator/>
+  <cp:keywords>Online Reporting, Responsible Official, Consultant</cp:keywords>
+  <dc:description>IORS - ADA compliant for web - June 2016  Added MCES Use Only box at bottom of form. June 2017 - Signatory Authority changes. 10/2025-MCES updated to Met Council</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>IORS</cp:category>
 </cp:coreProperties>
 </file>