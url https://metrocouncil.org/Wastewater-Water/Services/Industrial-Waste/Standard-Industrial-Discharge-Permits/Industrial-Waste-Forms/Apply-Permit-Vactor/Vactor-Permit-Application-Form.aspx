--- v0 (2025-10-19)
+++ v1 (2025-11-11)
@@ -1,510 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4508407E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="009F41A2" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="4508407E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7615">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689F0A72" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="009F41A2" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="689F0A72" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3860AE1A" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="009F41A2" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="3860AE1A" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">   390 Robert Street North</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">   390 Robert Street</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> North</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7003EA7E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="009F41A2" w:rsidRDefault="006E4009" w:rsidP="006E4009">
+    <w:p w14:paraId="7003EA7E" w14:textId="77777777" w:rsidR="006E4009" w:rsidRPr="00D47A4F" w:rsidRDefault="006E4009" w:rsidP="006E4009">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2311" w:y="-194"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47A4F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">   St. Paul, MN 55101-1805</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">   St. Paul, M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6147D5D0" w14:textId="2ADB19BF" w:rsidR="00723188" w:rsidRDefault="00AC7E9A">
+    <w:p w14:paraId="6147D5D0" w14:textId="63D87D2A" w:rsidR="00723188" w:rsidRDefault="00C97B42">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...328 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="680236FD" wp14:editId="5273C4B5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="680236FD" wp14:editId="0346A87A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-125730</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-217170</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
@@ -517,87 +203,95 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE27816" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188"/>
     <w:p w14:paraId="5A25B091" w14:textId="77777777" w:rsidR="00723188" w:rsidRDefault="00723188" w:rsidP="004C6BDD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72F39CF0" w14:textId="19FF7C2C" w:rsidR="007F49A6" w:rsidRDefault="004C6BDD" w:rsidP="007F49A6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="360" w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">industrial discharge </w:t>
       </w:r>
       <w:r w:rsidR="00AC7E9A">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r>
         <w:t>permit application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D8A378" w14:textId="74FA38EC" w:rsidR="004C6BDD" w:rsidRDefault="00684D20" w:rsidP="007F49A6">
+    <w:p w14:paraId="06D8A378" w14:textId="7F2D8DCA" w:rsidR="004C6BDD" w:rsidRDefault="00684D20" w:rsidP="3B37D5FD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
           <w:color w:val="595959"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="3B37D5FD">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00AC7E9A">
+      <w:r w:rsidR="00AC7E9A" w:rsidRPr="3B37D5FD">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sanitary Sewer Cleaning - </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C6BDD" w:rsidRPr="00A8171D">
+        <w:t xml:space="preserve">Sewer Cleaning </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6BDD" w:rsidRPr="3B37D5FD">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>Waste Hauler</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46D5" w:rsidRPr="3B37D5FD">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4003E4DF" w14:textId="2D9DA7CA" w:rsidR="004C6BDD" w:rsidRPr="0067247C" w:rsidRDefault="004C6BDD" w:rsidP="004C6BDD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067247C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="270" w:type="dxa"/>
@@ -1272,1192 +966,1341 @@
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10705" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1818"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1507"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w14:paraId="1D76D564" w14:textId="77777777" w:rsidTr="005D4E36">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="1D76D564" w14:textId="77777777" w:rsidTr="005D4E36">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="014A4D1D" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="0069549F" w:rsidRDefault="00AC7E9A" w:rsidP="00C903FA">
+          <w:p w14:paraId="014A4D1D" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00C903FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0069549F">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7CF3DB" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="0069549F" w:rsidRDefault="00AC7E9A" w:rsidP="00AF7255">
+          <w:p w14:paraId="1A7CF3DB" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00AF7255">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0069549F">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46A3D361" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="0069549F" w:rsidRDefault="00AC7E9A" w:rsidP="00C80350">
+          <w:p w14:paraId="46A3D361" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00C80350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0069549F">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15F105C6" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="0069549F" w:rsidRDefault="00AC7E9A" w:rsidP="006E4ABD">
+          <w:p w14:paraId="15F105C6" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="006E4ABD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0069549F">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Cell Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28A001EE" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="0069549F" w:rsidRDefault="00AC7E9A" w:rsidP="00AF7255">
+          <w:p w14:paraId="28A001EE" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00AF7255">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0069549F">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>E-mail Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w14:paraId="5E3F938E" w14:textId="77777777" w:rsidTr="005D4E36">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="5E3F938E" w14:textId="77777777" w:rsidTr="005D4E36">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E50D34" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00113405" w:rsidRDefault="00AC7E9A" w:rsidP="00C903FA">
+          <w:p w14:paraId="72E50D34" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00C903FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
-              <w:rPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Primary contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583886B7" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="583886B7" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B94FA04" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="0B94FA04" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4835A1" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="6D4835A1" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2133E0B0" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="2133E0B0" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w14:paraId="2207231D" w14:textId="77777777" w:rsidTr="005D4E36">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="2207231D" w14:textId="77777777" w:rsidTr="005D4E36">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="480CA3B3" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00113405" w:rsidRDefault="00AC7E9A" w:rsidP="00C80350">
+          <w:p w14:paraId="480CA3B3" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00C80350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
-              <w:rPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Field contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F0E032" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="27F0E032" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED5B3A8" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="5ED5B3A8" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="475A1789" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="475A1789" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA36FDD" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="1DA36FDD" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w14:paraId="02058219" w14:textId="77777777" w:rsidTr="005D4E36">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="02058219" w14:textId="77777777" w:rsidTr="005D4E36">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06DAE15C" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00113405" w:rsidRDefault="00AC7E9A" w:rsidP="00C903FA">
+          <w:p w14:paraId="06DAE15C" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00C903FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
-              <w:rPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Billing contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16044763" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="16044763" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3366F3" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="3D3366F3" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="780144C7" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="780144C7" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35EA8BE4" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="35EA8BE4" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w14:paraId="29654039" w14:textId="77777777" w:rsidTr="005D4E36">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="29654039" w14:textId="77777777" w:rsidTr="005D4E36">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="285CAB83" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00113405" w:rsidRDefault="00AC7E9A" w:rsidP="00C80350">
+          <w:p w14:paraId="285CAB83" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00C80350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113405">
-              <w:rPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Alternate contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062C7D70" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="062C7D70" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73D4E8AF" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="73D4E8AF" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49EF67DA" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="49EF67DA" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61021ED2" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00214C93" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
+          <w:p w14:paraId="61021ED2" w14:textId="77777777" w:rsidR="00AC7E9A" w:rsidRPr="00D67A03" w:rsidRDefault="00AC7E9A" w:rsidP="00CC51CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DC97431" w14:textId="41A3FC12" w:rsidR="00EA40F5" w:rsidRDefault="00EA40F5" w:rsidP="005D4E36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D4E36">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Federal Tax ID Number:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text4"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text5"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text6"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Text7"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Text8"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Text9"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Text10"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Text11"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Text12"/>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3068">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D4E36">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00705D2E" w:rsidRPr="005D4E36">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="547B3B6A" w14:textId="77777777" w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="005659A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vehicle Information:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A33384" w14:textId="4F3F8E0A" w:rsidR="00A0631F" w:rsidRDefault="00A0631F" w:rsidP="0069549F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0631F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>List of Vehicles:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFC18E9" w14:textId="60190381" w:rsidR="00A0631F" w:rsidRPr="00A0631F" w:rsidRDefault="0069450D" w:rsidP="0069450D">
+    <w:p w14:paraId="0DFC18E9" w14:textId="60190381" w:rsidR="00A0631F" w:rsidRPr="00D67A03" w:rsidRDefault="0069450D" w:rsidP="0069450D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0069450D">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Include a photograph of each vehicle listed below with this application.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006727CC" w:rsidRPr="00A0631F">
+      <w:r w:rsidR="006727CC" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
-      <w:r w:rsidR="00A0631F" w:rsidRPr="00A0631F">
+      <w:r w:rsidR="00A0631F" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> more than 5 vehicles are used, please attach </w:t>
       </w:r>
-      <w:r w:rsidR="00C80350">
+      <w:r w:rsidR="00C80350" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">additional vehicle </w:t>
       </w:r>
-      <w:r w:rsidR="00A0631F" w:rsidRPr="00A0631F">
+      <w:r w:rsidR="00A0631F" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>information to this application</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1975"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="1885"/>
@@ -3144,5042 +2987,6561 @@
       <w:r w:rsidRPr="005D4E36">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6F3773" w14:textId="77777777" w:rsidR="00AF7255" w:rsidRPr="00E81187" w:rsidRDefault="00AF7255" w:rsidP="00AF7255">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Operations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1D4D57" w14:textId="7D2BFE5A" w:rsidR="00AF7255" w:rsidRPr="009F41A2" w:rsidRDefault="0069450D" w:rsidP="0069549F">
+    <w:p w14:paraId="2D1D4D57" w14:textId="11A57CB7" w:rsidR="00AF7255" w:rsidRPr="0069450D" w:rsidRDefault="0069450D" w:rsidP="0069549F">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...10 lines deleted...]
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="595959"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7255" w:rsidRPr="0069450D">
+        <w:rPr>
+          <w:color w:val="595959"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF7255" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00AF7255" w:rsidRPr="0069450D">
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...1 lines deleted...]
-        <w:t>Indicate the type(s) of waste to be hauled and discharged at MCES disposal sites:</w:t>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate the type(s) of waste to be hauled and discharged at </w:t>
+      </w:r>
+      <w:r w:rsidR="00C73C6F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D46D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t>Met</w:t>
+      </w:r>
+      <w:r w:rsidR="00255434">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t>ropolitan</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Council</w:t>
+      </w:r>
+      <w:r w:rsidR="004D46D5" w:rsidRPr="0069450D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0034488D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vactor </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7255" w:rsidRPr="0069450D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t>disposal sites:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="4230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w14:paraId="417EF6E0" w14:textId="77777777" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="417EF6E0" w14:textId="77777777" w:rsidTr="001F7E2B">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="582CD9AC" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="005457C7" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+          <w:p w14:paraId="582CD9AC" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA777DF" w14:textId="739A7111" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+          <w:p w14:paraId="4BA777DF" w14:textId="739A7111" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">Municipal </w:t>
             </w:r>
-            <w:r w:rsidR="00CA72DC">
+            <w:r w:rsidR="00CA72DC" w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Waste</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>s</w:t>
-            </w:r>
-[...111 lines deleted...]
-              <w:t>City sanitary sewer lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1738F8" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="72AE7E6D" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28F15DA8" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2B350253" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA2CE85" w14:textId="38E63E2B" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-              <w:t>Private sewer lines</w:t>
+          <w:p w14:paraId="2BA70531" w14:textId="505CA47C" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Private Non-Municipal </w:t>
             </w:r>
+            <w:r w:rsidR="00CA72DC" w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Waste</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w14:paraId="716F837C" w14:textId="77777777" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="56D9B203" w14:textId="77777777" w:rsidTr="001F7E2B">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="788EF3EE" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="3ED1D38E" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F30DF4F" w14:textId="08BB295D" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="0069450D" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-              <w:t>Lift station maintenance</w:t>
+          <w:p w14:paraId="12ADC2CF" w14:textId="28121D4F" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="0069450D" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>City sanitary sewer lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30F39844" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="2F1738F8" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2535E2" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="28F15DA8" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A90D607" w14:textId="737BA74E" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-              <w:t>Industrial sources</w:t>
+          <w:p w14:paraId="4EA2CE85" w14:textId="38E63E2B" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Private sewer lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w14:paraId="6A3F0960" w14:textId="77777777" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="716F837C" w14:textId="77777777" w:rsidTr="001F7E2B">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E142E0C" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="788EF3EE" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473761E5" w14:textId="143E69A0" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-              <w:t>Other:</w:t>
+          <w:p w14:paraId="1F30DF4F" w14:textId="08BB295D" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="0069450D" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Lift station maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B3585F" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="30F39844" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2552079C" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="0C2535E2" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56FAB001" w14:textId="226C1BE0" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-              <w:t>Commercial sources</w:t>
+          <w:p w14:paraId="0A90D607" w14:textId="737BA74E" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Industrial sources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w14:paraId="6FCCE3E8" w14:textId="77777777" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="6A3F0960" w14:textId="77777777" w:rsidTr="001F7E2B">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F57A11D" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="5E142E0C" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCC84F7" w14:textId="3966D539" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="473761E5" w14:textId="143E69A0" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Other:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5415D0BF" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="32B3585F" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F60122" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="2552079C" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7562F138" w14:textId="204C6B10" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
-[...5 lines deleted...]
-              <w:t>Restaurant grease traps</w:t>
+          <w:p w14:paraId="56FAB001" w14:textId="226C1BE0" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Commercial sources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w14:paraId="771ADD14" w14:textId="77777777" w:rsidTr="001F7E2B">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="6FCCE3E8" w14:textId="77777777" w:rsidTr="001F7E2B">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22503125" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="0F57A11D" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="797A27A3" w14:textId="390ECB17" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="2FCC84F7" w14:textId="3966D539" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4F9831" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="5415D0BF" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E8E72EF" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="63F60122" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29DBFA37" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="003C25D8" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
-[...4 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7562F138" w14:textId="204C6B10" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Restaurant grease traps</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="771ADD14" w14:textId="77777777" w:rsidTr="001F7E2B">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22503125" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="797A27A3" w14:textId="390ECB17" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4F9831" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8E72EF" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DBFA37" w14:textId="77777777" w:rsidR="00CA72DC" w:rsidRPr="00D67A03" w:rsidRDefault="00CA72DC" w:rsidP="001F7E2B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CA044F2" w14:textId="1CD296CC" w:rsidR="00AF7255" w:rsidRPr="009F41A2" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+    <w:p w14:paraId="5CA044F2" w14:textId="1CD296CC" w:rsidR="00AF7255" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:ind w:left="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>For communities, check the county you are located:</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:br/>
         <w:t>For facilities, indicate the counties you serve:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10471" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="697"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="2934"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069549F" w:rsidRPr="003C25D8" w14:paraId="1FE454B5" w14:textId="77777777" w:rsidTr="0069549F">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="1FE454B5" w14:textId="77777777" w:rsidTr="0069549F">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B81DB59" w14:textId="62A50CB0" w:rsidR="004913FE" w:rsidRPr="005457C7" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="0B81DB59" w14:textId="62A50CB0" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36017F9B" w14:textId="7E6FE21F" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="36017F9B" w14:textId="7E6FE21F" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>County</w:t>
-            </w:r>
-[...167 lines deleted...]
-              <w:t>Anoka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA76766" w14:textId="728932E0" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="0FC89A3C" w14:textId="6105C91E" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D366CED" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1DD1AC6B" w14:textId="70E4B864" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36465091" w14:textId="4873EDA2" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Hennepin</w:t>
+          <w:p w14:paraId="07897884" w14:textId="7D273ED1" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BFD94C5" w14:textId="3FE1033F" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="0FD03654" w14:textId="6EE2A2B9" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B803BE" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="09959A3E" w14:textId="1182C938" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2934" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4106C8" w14:textId="54A1F121" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Washington</w:t>
+          <w:p w14:paraId="41C0E37F" w14:textId="48DAB66F" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069549F" w:rsidRPr="003C25D8" w14:paraId="74178E34" w14:textId="77777777" w:rsidTr="0069549F">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="5BAE0FDB" w14:textId="77777777" w:rsidTr="0069549F">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA31F4C" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="159267DE" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="464803A8" w14:textId="298EEEC5" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Carver</w:t>
+          <w:p w14:paraId="1471A5DA" w14:textId="6FAD2009" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Anoka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF47F2C" w14:textId="66F45404" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="2CA76766" w14:textId="728932E0" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11BFAFA7" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="2D366CED" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5006E0F3" w14:textId="182399EE" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Ramsey</w:t>
+          <w:p w14:paraId="36465091" w14:textId="4873EDA2" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Hennepin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C2461B" w14:textId="428DABDC" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="1BFD94C5" w14:textId="3FE1033F" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="755EE85A" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="14B803BE" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2934" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15082246" w14:textId="47EC9F35" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Outside 7-county metro area</w:t>
+          <w:p w14:paraId="6A4106C8" w14:textId="54A1F121" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Washington</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0069549F" w:rsidRPr="003C25D8" w14:paraId="30116F88" w14:textId="77777777" w:rsidTr="0069549F">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="74178E34" w14:textId="77777777" w:rsidTr="0069549F">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46B74944" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="3FA31F4C" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="313F55B9" w14:textId="293AC207" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Dakota</w:t>
+          <w:p w14:paraId="464803A8" w14:textId="298EEEC5" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Carver</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00829098" w14:textId="53C11494" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="6FF47F2C" w14:textId="66F45404" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF1D75C" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="11BFAFA7" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="577B460C" w14:textId="6D1C514C" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...5 lines deleted...]
-              <w:t>Scott</w:t>
+          <w:p w14:paraId="5006E0F3" w14:textId="182399EE" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Ramsey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77DFAA7A" w14:textId="32F0B5CD" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+          <w:p w14:paraId="01C2461B" w14:textId="428DABDC" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3397F694" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="755EE85A" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2934" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9C0FA7" w14:textId="5504C8CB" w:rsidR="004913FE" w:rsidRPr="003C25D8" w:rsidRDefault="004913FE" w:rsidP="0069549F">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="15082246" w14:textId="47EC9F35" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Outside 7-county metro area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="30116F88" w14:textId="77777777" w:rsidTr="0069549F">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B74944" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="313F55B9" w14:textId="293AC207" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Dakota</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00829098" w14:textId="53C11494" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF1D75C" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="577B460C" w14:textId="6D1C514C" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+              <w:t>Scott</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DFAA7A" w14:textId="32F0B5CD" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="004913FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3397F694" w14:textId="77777777" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2934" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9C0FA7" w14:textId="5504C8CB" w:rsidR="004913FE" w:rsidRPr="00D67A03" w:rsidRDefault="004913FE" w:rsidP="0069549F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B9EBCE6" w14:textId="77777777" w:rsidR="00D67BC5" w:rsidRPr="00D67BC5" w:rsidRDefault="0033470F" w:rsidP="003F6A20">
+    <w:p w14:paraId="3B9EBCE6" w14:textId="0EA1B91F" w:rsidR="00D67BC5" w:rsidRPr="00D67A03" w:rsidRDefault="0033470F" w:rsidP="003F6A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:color w:val="7F7F7F"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00502F2F" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Does this </w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">facility/community </w:t>
       </w:r>
-      <w:r w:rsidR="00502F2F" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>currently use other dispos</w:t>
       </w:r>
-      <w:r w:rsidR="00FB6304" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00FB6304" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidR="00502F2F" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> locations </w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00502F2F" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="595959"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2222">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etro </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2222">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>rea?</w:t>
+      </w:r>
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570D1A57" w14:textId="47B706BB" w:rsidR="004A5F82" w:rsidRPr="00DF60FB" w:rsidRDefault="00E11C37" w:rsidP="00D67BC5">
+    <w:p w14:paraId="570D1A57" w14:textId="47B706BB" w:rsidR="004A5F82" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00D67BC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BD6DC3">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00502F2F">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00502F2F">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="00502F2F" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
-      <w:r w:rsidR="00D67BC5">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="00D67BC5" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="00DF60FB">
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>If Yes, please list:</w:t>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="00DF60FB">
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB6304" w14:paraId="389E51F9" w14:textId="77777777" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="389E51F9" w14:textId="77777777" w:rsidTr="00FB6304">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB86242" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
+          <w:p w14:paraId="2CB86242" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w14:paraId="31778980" w14:textId="77777777" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="31778980" w14:textId="77777777" w:rsidTr="00FB6304">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CBB88B0" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
+          <w:p w14:paraId="2CBB88B0" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w14:paraId="048D788D" w14:textId="77777777" w:rsidTr="00FB6304">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="048D788D" w14:textId="77777777" w:rsidTr="00FB6304">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E2CADE" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
+          <w:p w14:paraId="51E2CADE" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00FB6304" w:rsidP="004A5F82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42565ACA" w14:textId="733838AA" w:rsidR="004A5F82" w:rsidRPr="009F41A2" w:rsidRDefault="004A5F82" w:rsidP="003F6A20">
+    <w:p w14:paraId="42565ACA" w14:textId="733838AA" w:rsidR="004A5F82" w:rsidRPr="00D67A03" w:rsidRDefault="004A5F82" w:rsidP="003F6A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">Does this </w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>facility/community</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> plan to </w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>make changes in your offered s</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>, add additional trucks,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> or expand area of </w:t>
       </w:r>
-      <w:r w:rsidR="00B519AB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00B519AB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>services in the next three years?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E5DF9D" w14:textId="46CCAABB" w:rsidR="00FB6304" w:rsidRDefault="00E11C37" w:rsidP="003F6A20">
+    <w:p w14:paraId="05E5DF9D" w14:textId="46CCAABB" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="003F6A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BD6DC3">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D67BC5">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="00D67BC5" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BD6DC3">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="006727CC">
-[...1 lines deleted...]
-          <w:color w:val="595959"/>
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A5F82" w:rsidRPr="00DF60FB">
+      <w:r w:rsidR="004A5F82" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>If Yes, please describe:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB6304" w14:paraId="0E1352A3" w14:textId="77777777" w:rsidTr="00B519AB">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="0E1352A3" w14:textId="77777777" w:rsidTr="00B519AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC0308C" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="00590097">
+          <w:p w14:paraId="5EC0308C" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00FB6304" w:rsidP="00590097">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w14:paraId="7C639414" w14:textId="77777777" w:rsidTr="00B519AB">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="7C639414" w14:textId="77777777" w:rsidTr="00B519AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="165600A6" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="00590097">
+          <w:p w14:paraId="165600A6" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00FB6304" w:rsidP="00590097">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB6304" w14:paraId="676FE49E" w14:textId="77777777" w:rsidTr="00B519AB">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="676FE49E" w14:textId="77777777" w:rsidTr="00B519AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1334B0D0" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRDefault="00FB6304" w:rsidP="00590097">
+          <w:p w14:paraId="1334B0D0" w14:textId="77777777" w:rsidR="00FB6304" w:rsidRPr="00D67A03" w:rsidRDefault="00FB6304" w:rsidP="00590097">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74E69A81" w14:textId="18658805" w:rsidR="00B519AB" w:rsidRPr="009F41A2" w:rsidRDefault="00B519AB" w:rsidP="003F6A20">
+    <w:p w14:paraId="74E69A81" w14:textId="18658805" w:rsidR="00B519AB" w:rsidRPr="00D67A03" w:rsidRDefault="00B519AB" w:rsidP="003F6A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Driver Information and Certification:</w:t>
       </w:r>
-      <w:r w:rsidR="003F6A20" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="003F6A20" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F6A20" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="003F6A20" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Each driver using the disposal sites must sign the certification below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4166452B" w14:textId="678BC848" w:rsidR="00B519AB" w:rsidRPr="00D67BC5" w:rsidRDefault="003F6A20" w:rsidP="003F6A20">
+    <w:p w14:paraId="4166452B" w14:textId="5F0A861F" w:rsidR="00B519AB" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="003F6A20">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D67BC5">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D67BC5">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“I hereby certify that I have read and understand the </w:t>
+      </w:r>
+      <w:r w:rsidR="0088378D">
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D67BC5">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Met Council </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Disposal Site Use Conditions as listed on Attachment A.”</w:t>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Vactor Disposal Site Use Conditions as listed on Attachment A.”</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10435" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3690"/>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="1885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F6A20" w:rsidRPr="003C25D8" w14:paraId="20D73588" w14:textId="4EB15E31" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="20D73588" w14:textId="4EB15E31" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B78660E" w14:textId="3B712B89" w:rsidR="003F6A20" w:rsidRPr="005457C7" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="0B78660E" w14:textId="3B712B89" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Driver Name (Printed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24EFDBFD" w14:textId="4EF49D1E" w:rsidR="003F6A20" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="24EFDBFD" w14:textId="4EF49D1E" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Driver Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="057755D8" w14:textId="281BDFC2" w:rsidR="003F6A20" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="057755D8" w14:textId="281BDFC2" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6A20" w:rsidRPr="003C25D8" w14:paraId="6105AA58" w14:textId="4E25035A" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="6105AA58" w14:textId="4E25035A" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B2D53DB" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="003C25D8" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="7B2D53DB" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14F6F445" w14:textId="7D495475" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="14F6F445" w14:textId="7D495475" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CFE8343" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="7CFE8343" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6A20" w:rsidRPr="003C25D8" w14:paraId="5385B0F6" w14:textId="4AFE8CF0" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="5385B0F6" w14:textId="4AFE8CF0" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3164E369" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="003C25D8" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="3164E369" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06750D23" w14:textId="013A0BBC" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="06750D23" w14:textId="013A0BBC" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2271A6BC" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="2271A6BC" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6A20" w:rsidRPr="003C25D8" w14:paraId="48DEFB2C" w14:textId="7D164213" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="48DEFB2C" w14:textId="7D164213" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE29E84" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="003C25D8" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="4AE29E84" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72E7FCED" w14:textId="2AE0EF42" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="72E7FCED" w14:textId="2AE0EF42" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F1D38E" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="59F1D38E" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6A20" w:rsidRPr="003C25D8" w14:paraId="5EF1C5D0" w14:textId="2D4DC3C8" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="5EF1C5D0" w14:textId="2D4DC3C8" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D569031" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="003C25D8" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="2D569031" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE66D08" w14:textId="12478727" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="6CE66D08" w14:textId="12478727" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5C974A" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00502F2F" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
+          <w:p w14:paraId="1B5C974A" w14:textId="77777777" w:rsidR="003F6A20" w:rsidRPr="00D67A03" w:rsidRDefault="003F6A20" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="47BA367F" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="47BA367F" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55D9C0EA" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="55D9C0EA" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DCAB9C3" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="1DCAB9C3" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05451EC6" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="05451EC6" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="3A738B3D" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="3A738B3D" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4C662D" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="1B4C662D" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF893E7" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="5CF893E7" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474EF0AA" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="474EF0AA" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="0765ED7C" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="0765ED7C" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4DFD1F" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="0E4DFD1F" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F437FF" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="60F437FF" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14151226" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="14151226" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="1698F7BB" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="1698F7BB" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC14F91" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="5BC14F91" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22165EAB" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="22165EAB" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3A9CAA" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="4F3A9CAA" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="72BBD639" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="72BBD639" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01BB33F1" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="01BB33F1" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05C46059" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="05C46059" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59B0E7DC" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="59B0E7DC" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="292B4866" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="292B4866" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E860323" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="6E860323" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26334D01" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="26334D01" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191DD96F" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="191DD96F" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="195FC3DA" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="195FC3DA" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1709D0" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="4D1709D0" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E05CD6" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="07E05CD6" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45564347" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="45564347" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B48BA" w:rsidRPr="003C25D8" w14:paraId="16B34DEC" w14:textId="77777777" w:rsidTr="000B48BA">
+      <w:tr w:rsidR="000B48BA" w:rsidRPr="00D67A03" w14:paraId="16B34DEC" w14:textId="77777777" w:rsidTr="000B48BA">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA1A24D" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="003C25D8" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="2EA1A24D" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09DC3BF1" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="09DC3BF1" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F44977" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00502F2F" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+          <w:p w14:paraId="60F44977" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="595959"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="464C6D49" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
+    <w:p w14:paraId="464C6D49" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA" w:rsidP="000B48BA">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C9D0D70" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRDefault="000B48BA">
+    <w:p w14:paraId="6C9D0D70" w14:textId="77777777" w:rsidR="000B48BA" w:rsidRPr="00D67A03" w:rsidRDefault="000B48BA">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA25F0F" w14:textId="7D09660D" w:rsidR="00E11C37" w:rsidRPr="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="007F49A6">
+    <w:p w14:paraId="4AA25F0F" w14:textId="7D09660D" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="007F49A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Certification of Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52259E3C" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="52259E3C" w14:textId="3CDC1CBB" w:rsidR="00E11C37" w:rsidRPr="00D334D9" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B7E7D">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D334D9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I certify under penalty of law that this document and all attachments were prepared under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D334D9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B7E7D">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>my direction or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D334D9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-        </w:rPr>
-        <w:t>sure that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry of the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete.  I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment for known violations.”</w:t>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supervision in accordance with a system designed to ensure that qualified personnel properly gather and evaluate the information submitted. Based on my inquiry </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D334D9">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D334D9">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the person or persons who manage the system, or those persons directly responsible for gathering the information, the information submitted is, to the best of my knowledge and belief, true, accurate, and complete.  I am aware that there are significant penalties for submitting false information, including the possibility of fines and imprisonment for known violations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08345132" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="0080576A" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="08345132" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>This form must be signed by a Signatory Authority.  Please refer to and complete the attachment “Certification of Signatory Authority.”</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1872"/>
         <w:gridCol w:w="7128"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w14:paraId="1D808CB5" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="1D808CB5" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1BA622" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="5A1BA622" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F41A2">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Name (Print):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71C13E51" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="71C13E51" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w14:paraId="3F1ECF5E" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="3F1ECF5E" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67A2C927" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="67A2C927" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F41A2">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0BCF5B" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="6B0BCF5B" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w14:paraId="253E5A26" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="253E5A26" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0625FD" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="1C0625FD" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F41A2">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="32EC1069" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="32EC1069" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w14:paraId="25AC997D" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="25AC997D" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64151AA6" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="64151AA6" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F41A2">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="18AC5103" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="18AC5103" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E11C37" w:rsidRPr="00DC058B" w14:paraId="56E52573" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="56E52573" w14:textId="77777777" w:rsidTr="0061108C">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69890921" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="69890921" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F41A2">
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49302415" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00DC058B" w:rsidRDefault="00E11C37" w:rsidP="00590097">
+          <w:p w14:paraId="49302415" w14:textId="77777777" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00590097">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FDA953B" w14:textId="52171129" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="2FDA953B" w14:textId="52171129" w:rsidR="00E11C37" w:rsidRPr="00D67A03" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:spacing w:before="840"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Send completed application</w:t>
       </w:r>
-      <w:r w:rsidR="00200549" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00200549" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>, attachments</w:t>
       </w:r>
-      <w:r w:rsidR="001C582E" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="001C582E" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00200549" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00200549" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and vehicle photographs </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9BB3D9" w14:textId="77E35CDE" w:rsidR="00E11C37" w:rsidRPr="009F41A2" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
+    <w:p w14:paraId="6F9BB3D9" w14:textId="3D895293" w:rsidR="00E11C37" w:rsidRDefault="00E11C37" w:rsidP="00E11C37">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Metropolitan Council Environmental Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:br/>
         <w:t>Industrial Waste and Pollution Prevention Section</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:br/>
-        <w:t>390 Robert Street North</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+        <w:t xml:space="preserve">390 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1238F">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">North </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Robert Street</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:br/>
         <w:t>St. Paul, MN 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434F8D9C" w14:textId="5E2EFFE2" w:rsidR="008B1CF1" w:rsidRDefault="008B1CF1">
-[...3 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+    <w:p w14:paraId="5C3C0662" w14:textId="5CE9F962" w:rsidR="00EA51C9" w:rsidRDefault="00A15F4B" w:rsidP="00E11C37">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Or</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA51C9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9F78D8" w14:textId="5B277794" w:rsidR="00A15F4B" w:rsidRPr="00D67A03" w:rsidRDefault="00EA51C9" w:rsidP="00E11C37">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15F4B">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mail to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="0085606E" w:rsidRPr="00A91CA7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>iwpp@metc.state.mn.us</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0085606E">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691DAE9E" w14:textId="235811C1" w:rsidR="00FC573A" w:rsidRPr="00EF5369" w:rsidRDefault="00FC573A" w:rsidP="00D679CE">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>Permit Fee Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7073D509" w14:textId="62A76965" w:rsidR="00953963" w:rsidRPr="00EF5369" w:rsidRDefault="00E36B21" w:rsidP="00D6194D">
+      <w:pPr>
+        <w:spacing w:after="3720"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>The f</w:t>
+      </w:r>
+      <w:r w:rsidR="00E469DC" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>irst year’s permit fee is required before the permit is issued</w:t>
+      </w:r>
+      <w:r w:rsidR="00E469DC" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F1C" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An invoice will be emailed to the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B09">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B09" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3F2E" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>receipt of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00082020" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3F2E" w:rsidRPr="00EF5369">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1705"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007A46D2" w:rsidRPr="000A6903" w14:paraId="49209608" w14:textId="77777777" w:rsidTr="00B5379E">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+          <w:tblHeader/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7169E96D" w14:textId="77777777" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A6903">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>For IWPP use only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="072CE659" w14:textId="77777777" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A6903">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date Received</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA4C599" w14:textId="7C20E3EE" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="007A46D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility ID</w:t>
+            </w:r>
+            <w:r w:rsidR="008C0891">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="608D9F99" w14:textId="1EBF657A" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A6903">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permit </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"># ________ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3430A46C" w14:textId="77777777" w:rsidR="007A46D2" w:rsidRPr="000A6903" w:rsidRDefault="007A46D2" w:rsidP="00E4715E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A6903">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Permit Staff</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="434F8D9C" w14:textId="7FED8234" w:rsidR="008B1CF1" w:rsidRPr="00D67A03" w:rsidRDefault="008B1CF1" w:rsidP="00FC573A">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0058B260" w14:textId="216A1237" w:rsidR="00302E07" w:rsidRDefault="0069549F" w:rsidP="00A24C59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="600" w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Industrial Discharge General Permit Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9B1673" w14:textId="77777777" w:rsidR="0069549F" w:rsidRDefault="0069549F" w:rsidP="00A24C59">
+    <w:p w14:paraId="5E9B1673" w14:textId="14D50C03" w:rsidR="0069549F" w:rsidRDefault="0069549F" w:rsidP="00A24C59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For Sanitary Sewer Cleaning Waste Hauler </w:t>
+        <w:t xml:space="preserve">For Sewer Cleaning Waste Hauler </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BFC871" w14:textId="446B2803" w:rsidR="00302E07" w:rsidRPr="002D1805" w:rsidRDefault="0069549F" w:rsidP="00A24C59">
+    <w:p w14:paraId="65BFC871" w14:textId="4C3A8DF4" w:rsidR="00302E07" w:rsidRPr="002D1805" w:rsidRDefault="0069549F" w:rsidP="00A24C59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="0069549F">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Attachment A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
+      <w:r w:rsidR="00AA6E38">
+        <w:t xml:space="preserve">Metropolitan Council </w:t>
+      </w:r>
       <w:r w:rsidR="001C582E">
-        <w:t xml:space="preserve">MCES </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Disposal Site Use Conditions</w:t>
+        <w:t>Vactor Disposal Site Use Conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0477CC" w14:textId="77777777" w:rsidR="001C582E" w:rsidRPr="001C582E" w:rsidRDefault="001C582E" w:rsidP="001C582E">
+    <w:p w14:paraId="1F0477CC" w14:textId="77777777" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="001C582E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Definitions of Acceptable Hauled Waste Loads and Prohibited Wastes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09748B74" w14:textId="5CE47FF8" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="001C582E">
+    <w:p w14:paraId="09748B74" w14:textId="5CE47FF8" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="001C582E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Acceptable Hauled Waste Loads</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450E243C" w14:textId="4F9239A1" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="001C582E">
+    <w:p w14:paraId="450E243C" w14:textId="427725FB" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="001C582E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Disposal Sites. Unless otherwise stated, all sanitary sewer waste loads are restricted to those generated within the seven-county metropolitan area. </w:t>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Listed below are the acceptable sanitary sewer cleaning wastes that may be discharged and/or disposed of at </w:t>
+      </w:r>
+      <w:r w:rsidR="00753FD8">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00753FD8" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vactor Disposal Sites. Unless otherwise stated, all sanitary sewer waste loads are restricted to those generated within the seven-county metropolitan area. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399BBD7F" w14:textId="1F18A8C3" w:rsidR="00004DDB" w:rsidRPr="009F41A2" w:rsidRDefault="00004DDB" w:rsidP="00004DDB">
+    <w:p w14:paraId="399BBD7F" w14:textId="1F18A8C3" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="00004DDB" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Liquid (Wet) Load - A liquid or ‘Wet’ load is defined as waste generated from sanitary sewer cleaning operations and/or sanitary lift station cleaning, which is primarily organic in nature and containing a substantial amount of liquid with some solid materials present.</w:t>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liquid (Wet) Load - A liquid or ‘Wet’ load is defined as waste generated from sanitary sewer cleaning operations and/or sanitary lift station cleaning, which is primarily organic in nature and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>containing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a substantial amount of liquid with some solid materials present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B50568B" w14:textId="4762D62E" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="6B50568B" w14:textId="4762D62E" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009F41A2">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t>Solid (Dry) Load - A solid or ‘Dry’ load is defined as sanitary sewer cleaning waste generated from sanitary</w:t>
       </w:r>
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
-[...10 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>sewer cleaning operations, which is primarily solid wastes (i.e. heavy grit mixed with domestic wastes) with only</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t>minor mounts of free liquid present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57169969" w14:textId="7C6070B4" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="57169969" w14:textId="7C6070B4" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Prohibited Waste Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19083ACC" w14:textId="32EC369F" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="19083ACC" w14:textId="36A613F7" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prohibited Waste Materials at </w:t>
+      </w:r>
+      <w:r w:rsidR="003669F2">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="003669F2" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Disposal Sites include, but are not limited, to the following:</w:t>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vactor Disposal Sites include, but are not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>limited,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C00C3B9" w14:textId="083CDFFF" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="0C00C3B9" w14:textId="083CDFFF" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Hazardous waste as defined by Minnesota Statutes (See Wastewater Discharge Rule 406.19)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146135E6" w14:textId="2269F9B4" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="146135E6" w14:textId="2269F9B4" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Petroleum products and/or their derivatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705D7A0A" w14:textId="569D2D7B" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="705D7A0A" w14:textId="569D2D7B" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Hydro Excavation material also known as 'Pot Holing' and/or vacuum excavation material</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1FC865" w14:textId="66E69F46" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="4D1FC865" w14:textId="66E69F46" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Well drilling muds or fluids</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5757A0C8" w14:textId="3879273B" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="5757A0C8" w14:textId="3879273B" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Gravel and/or rock loads not originating from sanitary sewer cleaning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C00D8B" w14:textId="1AE2E45E" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="57C00D8B" w14:textId="1AE2E45E" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Timber, tree branches, and any other wood products</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9E081E" w14:textId="0D5FAD23" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="5A9E081E" w14:textId="0D5FAD23" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Waste generated outside of the seven</w:t>
       </w:r>
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>county metro area (Anoka, Carver, Dakota, Hennepin, Ramsey, Scott,</w:t>
       </w:r>
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>and Washington Counties)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAA496D" w14:textId="7D8DFC26" w:rsidR="001C582E" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="7BAA496D" w14:textId="7D8DFC26" w:rsidR="001C582E" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Sewer cleaning wastes from storm sewers, storm sewer lift stations, or storm sewer catch basins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E973BD" w14:textId="48C475BB" w:rsidR="00004DDB" w:rsidRPr="009F41A2" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
+    <w:p w14:paraId="11E973BD" w14:textId="6F8932FF" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="001C582E" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Sewer cleaning waste from private sanitary sewer connections (non-municipal owned sanitary sewer lines)</w:t>
       </w:r>
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">without written </w:t>
+      </w:r>
+      <w:r w:rsidR="00A35462">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35462" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Special Discharge Approval. Material recovered from cleaning a non-residential private</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>sanitary sewer line (i.e., from an industry or commercial business) to the connection to the city sewer line in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">street requires special </w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F2">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F2" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00004DDB" w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>approval. A One Time Industrial Discharge Approval Request Form must be</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>submitted along with analytical results of the material in the private sanitary sewer line. Analytical results must</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meet the limits set forth in </w:t>
+      </w:r>
+      <w:r w:rsidR="000B4E67">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council’s</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4E67" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waste Discharge Rules and the industry’s </w:t>
+      </w:r>
+      <w:r w:rsidR="000B4E67">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4E67" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Industrial Discharge Permit,</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if applicable. An Industrial Waste </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A15">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A15" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pollution Prevention Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A15">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>permit staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A15" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A15">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7A15" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>be contacted prior to</w:t>
+      </w:r>
+      <w:r w:rsidR="00004DDB" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>sampling to determine the method of representative sample collection and the parameters to be analyzed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E553BC" w14:textId="1DFED51C" w:rsidR="00004DDB" w:rsidRDefault="00004DDB" w:rsidP="009064E8">
+    <w:p w14:paraId="33E553BC" w14:textId="1DFED51C" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="00004DDB" w:rsidP="009064E8">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Disposal Sites</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54425508" w14:textId="0AA22A85" w:rsidR="00004DDB" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="54425508" w14:textId="0AA22A85" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009064E8">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Site Locations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A45E85E" w14:textId="732CE799" w:rsidR="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="0A45E85E" w14:textId="63CA9626" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Permittee </w:t>
+      </w:r>
+      <w:r w:rsidR="00C049E7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD610D" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only use approved Vactor Disposal Sites within the Metropolitan </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA002D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> disposal site and solid (Dry) loads shall be disposed of at the drying pad. </w:t>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Water Resource Recovery Facility</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77386">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Metro Plant)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grounds for the discharge and/or disposal of approved sanitary sewer cleaning wastes, as defined above. Liquid (Wet) Loads </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65657" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be discharged only at the designated liquid Vactor disposal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>site</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and solid (Dry) loads </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65657" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be disposed of at the drying pad. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF51825" w14:textId="3653D620" w:rsidR="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="3EF51825" w14:textId="3653D620" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>Site Use Conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494A4A10" w14:textId="7492BBFF" w:rsidR="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="494A4A10" w14:textId="7492BBFF" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Disposal Sites at the Metro Plant are open weekdays from 6:00 AM – 6:00 PM. Additional hours are available upon request by calling Metro Security (651-602-8393) in advance. </w:t>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Vactor Disposal Sites at the Metro Plant are open weekdays from 6:00 AM – 6:00 PM. Additional hours are available upon request by calling Metro Security (651-602-8393) in advance. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C430BEA" w14:textId="4CE9C88C" w:rsidR="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="3C430BEA" w14:textId="4CE9C88C" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">A valid driver’s license is required for anyone entering the plant, and no one under 18 years old is allowed inside the plant. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CB96B8" w14:textId="6420DDAA" w:rsidR="009064E8" w:rsidRPr="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="46CB96B8" w14:textId="3CE7E149" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009064E8">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Drivers entering the Metro Plant must sign in at the security building at the entrance to the plant. Security staff</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Drivers entering the Metro Plant must sign in at the security building at the entrance to the plant </w:t>
+      </w:r>
+      <w:r w:rsidR="00112F22">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and complete a </w:t>
+      </w:r>
+      <w:r w:rsidR="001C3747">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vactor </w:t>
+      </w:r>
+      <w:r w:rsidR="00112F22">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>load receipt</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3747">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3827">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-[...6 lines deleted...]
-        <w:t>drivers must sign out, and record the estimated total cubic yards or volume discharged.</w:t>
+      <w:r w:rsidR="00D90C12">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rivers must </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC282A">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sign out </w:t>
+      </w:r>
+      <w:r w:rsidR="00F473AB">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">when leaving the plant premises. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD89CD7" w14:textId="01361104" w:rsidR="009064E8" w:rsidRPr="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="6FD89CD7" w14:textId="160CB48E" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Drivers </w:t>
+      </w:r>
+      <w:r w:rsidR="00650C20">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00650C20" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use the designated routes to the disposal sites. Drivers are restricted from access to any of the buildings on plant grounds. If drivers are found anywhere but on the designated routes, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7330">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7330" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> site. There are no public restrooms provided at the sites.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>may deny further access to the Vactor site. There are no public restrooms provided at the sites.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51005D47" w14:textId="5AF482D5" w:rsidR="009064E8" w:rsidRPr="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="51005D47" w14:textId="592E5C00" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All waste </w:t>
+      </w:r>
+      <w:r w:rsidR="00700C8B">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00700C8B" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-        <w:t>are prohibited.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>be discharged and/or disposed of using a Vactor type truck. Dump trucks and 55-gallon drums are prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EAF37BA" w14:textId="7EFB1C39" w:rsidR="009064E8" w:rsidRPr="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="2EAF37BA" w14:textId="536476E1" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The disposal sites </w:t>
+      </w:r>
+      <w:r w:rsidR="00156604">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00156604" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-        <w:t>at each site, and drivers will be held accountable for any spillages left.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>be kept clean. Water is available at both sites for cleanup. Security cameras are located at each site, and drivers will be held accountable for any spillages left.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6081CD" w14:textId="34BACB20" w:rsidR="009064E8" w:rsidRPr="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="0C6081CD" w14:textId="2332FE65" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Permittee’s drivers </w:t>
+      </w:r>
+      <w:r w:rsidR="00971FCF">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00971FCF" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-        <w:t>site-specific security measures, including direction provided by MCES security guards or plant staff.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comply with all disposal site access requirements, general permit conditions, and site-specific security measures, including direction provided by </w:t>
+      </w:r>
+      <w:r w:rsidR="00971FCF">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Metro</w:t>
+      </w:r>
+      <w:r w:rsidR="00971FCF" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>security guards or plant staff.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F28E6D" w14:textId="25100E07" w:rsidR="009064E8" w:rsidRPr="009064E8" w:rsidRDefault="009064E8" w:rsidP="009064E8">
+    <w:p w14:paraId="20F28E6D" w14:textId="7C3444EB" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="009064E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Permittee’s drivers </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3D30">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3D30" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-        <w:t>specific to the respective sites.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>also comply with all traffic rules (speed limits, traffic direction, queuing, etc.) specific to the respective sites.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4E0FEE" w14:textId="77777777" w:rsidR="00D67BC5" w:rsidRDefault="009064E8" w:rsidP="00D67BC5">
+    <w:p w14:paraId="3E4E0FEE" w14:textId="13A0D261" w:rsidR="00D67BC5" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="00D67BC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Permittee’s drivers </w:t>
+      </w:r>
+      <w:r w:rsidR="006006E4">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="006006E4" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> provided at sites to wash down miscellaneous spillage.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">take appropriate measures to prevent spillage during discharge and/or disposal and </w:t>
+      </w:r>
+      <w:r w:rsidR="006006E4">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="006006E4" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>use water when provided at sites to wash down miscellaneous spillage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBF7C8D" w14:textId="722F92AD" w:rsidR="009064E8" w:rsidRPr="00D67BC5" w:rsidRDefault="009064E8" w:rsidP="00D67BC5">
+    <w:p w14:paraId="3FBF7C8D" w14:textId="2E68EF1C" w:rsidR="009064E8" w:rsidRPr="00D67A03" w:rsidRDefault="009064E8" w:rsidP="00D67BC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009064E8">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve">The Permittee’s drivers </w:t>
       </w:r>
-      <w:r w:rsidR="00364C5A">
-[...5 lines deleted...]
-      <w:r w:rsidR="00364C5A">
+      <w:r w:rsidR="00436370">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00436370" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">immediately notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00364C5A" w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">Metro Security (651-602-8393) </w:t>
       </w:r>
-      <w:r w:rsidRPr="009064E8">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>if a spill occurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3DBD5D" w14:textId="2120E47B" w:rsidR="00004DDB" w:rsidRDefault="00004DDB" w:rsidP="00004DDB">
+    <w:p w14:paraId="0B3DBD5D" w14:textId="2120E47B" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="00004DDB" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05EA10EA" w14:textId="77777777" w:rsidR="00004DDB" w:rsidRDefault="00004DDB">
+    <w:p w14:paraId="05EA10EA" w14:textId="77777777" w:rsidR="00004DDB" w:rsidRPr="00D67A03" w:rsidRDefault="00004DDB">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F74F8F" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="009F41A2" w:rsidRDefault="0069549F" w:rsidP="0069549F">
+    <w:p w14:paraId="28F74F8F" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="00D67A03" w:rsidRDefault="0069549F" w:rsidP="0069549F">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2053" w:y="-95"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF7615">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Metropolitan Council Environmental Services</w:t>
+        <w:t xml:space="preserve">   Metropolitan Council Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B3DB2B" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="009F41A2" w:rsidRDefault="0069549F" w:rsidP="0069549F">
+    <w:p w14:paraId="32B3DB2B" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="00D67A03" w:rsidRDefault="0069549F" w:rsidP="0069549F">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2053" w:y="-95"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">   Industrial Waste &amp; Pollution Prevention Section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EBDFA2" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="009F41A2" w:rsidRDefault="0069549F" w:rsidP="0069549F">
+    <w:p w14:paraId="38EBDFA2" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="00D67A03" w:rsidRDefault="0069549F" w:rsidP="0069549F">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2053" w:y="-95"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">   390 North Robert Street</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEF099D" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="009F41A2" w:rsidRDefault="0069549F" w:rsidP="0069549F">
+    <w:p w14:paraId="4BEF099D" w14:textId="77777777" w:rsidR="0069549F" w:rsidRPr="00D67A03" w:rsidRDefault="0069549F" w:rsidP="0069549F">
       <w:pPr>
         <w:framePr w:w="5056" w:h="946" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="2053" w:y="-95"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="BFBFBF"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F41A2">
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">   St. Paul, MN 55101-1805</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F87803" w14:textId="66522DEA" w:rsidR="00004DDB" w:rsidRDefault="0069549F" w:rsidP="00004DDB">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="536C71B7" w14:textId="137A6F34" w:rsidR="00780E01" w:rsidRPr="00ED5CE9" w:rsidRDefault="00780E01" w:rsidP="00780E01">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...124 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62C24F63" wp14:editId="2BACC6E9">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-114300</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-209550</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="838200" cy="762000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2120714743" name="Picture 1">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2120714743" name="Picture 1">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838200" cy="762000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4C91B7" w14:textId="163ABC30" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00004DDB">
+    <w:p w14:paraId="7F4C91B7" w14:textId="163ABC30" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00004DDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377F1E67" w14:textId="34BD5CA2" w:rsidR="002E415F" w:rsidRDefault="00423B3F" w:rsidP="002E415F">
-      <w:r>
+    <w:p w14:paraId="377F1E67" w14:textId="34BD5CA2" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="00423B3F" w:rsidP="002E415F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F2C0CAE" wp14:editId="53C5E697">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F2C0CAE" wp14:editId="53C5E697">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-173355</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-167640</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="767080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="Picture 14">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="14" name="Picture 14">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838835" cy="767080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574445BB" w14:textId="0392A114" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
-    <w:p w14:paraId="409F44ED" w14:textId="5D48D8B4" w:rsidR="00423B3F" w:rsidRDefault="00423B3F" w:rsidP="002E415F">
+    <w:p w14:paraId="574445BB" w14:textId="0392A114" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7133F3C4" w14:textId="22680114" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00C81012">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:t xml:space="preserve">Certification of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81012">
+        <w:t>Signatory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:t xml:space="preserve"> Authority</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7133F3C4" w14:textId="22680114" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
-[...9 lines deleted...]
-    <w:p w14:paraId="711BA86D" w14:textId="151B7C35" w:rsidR="002E415F" w:rsidRPr="004A1301" w:rsidRDefault="00423B3F" w:rsidP="002E415F">
+    <w:p w14:paraId="711BA86D" w14:textId="2FDDCF46" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="00423B3F" w:rsidP="00C81012">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-        <w:t>Liquid Waste Hauler</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:t>Liquid Waste</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2379E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00184517">
+        <w:t xml:space="preserve">Hauler </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2379E">
+        <w:t xml:space="preserve">and Sewer </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2379E" w:rsidRPr="00C81012">
+        <w:t>Cleaning</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2379E">
+        <w:t xml:space="preserve"> Waste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:t xml:space="preserve"> Hauler</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D19521C" w14:textId="549FA110" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
-[...2 lines deleted...]
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    <w:p w14:paraId="4D19521C" w14:textId="549FA110" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>I, the undersigned, do hereby certify that I meet the definition of a signatory authority as outlined below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6FE765" w14:textId="2F0FCFAF" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F"/>
+    <w:p w14:paraId="5F6FE765" w14:textId="2F0FCFAF" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E415F" w14:paraId="5314DD07" w14:textId="77777777" w:rsidTr="00590097">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="5314DD07" w14:textId="77777777" w:rsidTr="00590097">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="630CE4C2" w14:textId="716013DD" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
-[...2 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:p w14:paraId="630CE4C2" w14:textId="716013DD" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Signatories must be one of the following as found in 40 CFR 403.12(l):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00B0C2DE" w14:textId="0E329D95" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="00B0C2DE" w14:textId="0E329D95" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t>For a corporation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="183070B4" w14:textId="6AFFE607" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="183070B4" w14:textId="6AFFE607" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t xml:space="preserve">a president, secretary, treasurer, or vice-president of the corporation in charge of a </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t>principle</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t xml:space="preserve"> business function, or any other person who performs similar policy- or decision-making functions for the corporation, or </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="156069C2" w14:textId="39B578E9" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="156069C2" w14:textId="39B578E9" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t xml:space="preserve">the manager of one or more manufacturing, production, or operating facilities, provided, the manager is authorized to make management decisions which govern the operation of the regulated facility, including having the explicit or implicit duty of making major capital investment recommendations, and initiate and direct other comprehensive measures to assure long-term environmental compliance with environmental laws and regulations; can ensure that the necessary systems are established or actions taken to gather complete and accurate information for control mechanism requirements; and where authority to sign documents has been assigned or delegated to the manager in accordance with corporate procedures. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC5F794" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="2EC5F794" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t xml:space="preserve">For a partnership or sole proprietorship; a general partner or proprietor, respectively. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB7BE85" w14:textId="51445417" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+          <w:p w14:paraId="7BB7BE85" w14:textId="51445417" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
               <w:t xml:space="preserve">For a public agency: a general manager, department manager, or supervisor of a public agency who performs policy or decision-making functions for the public agency. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62703C91" w14:textId="7011CDDD" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="002E415F">
+    <w:p w14:paraId="62703C91" w14:textId="319BA90F" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="002E415F">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>I accept the responsibility for the operation of the company and/or the compliance with all regulatory requirements for the company.</w:t>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I accept </w:t>
+      </w:r>
+      <w:r w:rsidR="00184517" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>responsibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the operation of the company and/or the compliance with all regulatory requirements for the company.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2805"/>
         <w:gridCol w:w="5209"/>
         <w:gridCol w:w="1169"/>
         <w:gridCol w:w="1617"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E415F" w14:paraId="3EEDCA44" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="3EEDCA44" w14:textId="77777777" w:rsidTr="0061108C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D07D84" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="0061108C" w:rsidP="00590097">
+          <w:p w14:paraId="06D07D84" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="0061108C" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
-            <w:r w:rsidR="002E415F" w:rsidRPr="009F41A2">
-[...1 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            <w:r w:rsidR="002E415F" w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Signatory Authority:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="076BE794" w14:textId="097E3339" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="076BE794" w14:textId="097E3339" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="519FDC33" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="519FDC33" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CCF7CA5" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="7CCF7CA5" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w14:paraId="6A5F9FD9" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="6A5F9FD9" w14:textId="77777777" w:rsidTr="0061108C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43756426" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="43756426" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="098FF0A8" w14:textId="1FC7D04D" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="098FF0A8" w14:textId="1FC7D04D" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72101141" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="72101141" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D72DB9A" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="6D72DB9A" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w14:paraId="0F26F253" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="0F26F253" w14:textId="77777777" w:rsidTr="0061108C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7184403D" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="7184403D" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79A16063" w14:textId="503449C0" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="79A16063" w14:textId="503449C0" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EFBBC76" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="3EFBBC76" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A79D681" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="5A79D681" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w14:paraId="4686E1A1" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="4686E1A1" w14:textId="77777777" w:rsidTr="0061108C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="642B1D5C" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="642B1D5C" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65125000" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="65125000" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A93FA54" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="0A93FA54" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69F71253" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="69F71253" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E415F" w14:paraId="39345020" w14:textId="77777777" w:rsidTr="0061108C">
+      <w:tr w:rsidR="00D67A03" w:rsidRPr="00D67A03" w14:paraId="39345020" w14:textId="77777777" w:rsidTr="0061108C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8AB169" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="3F8AB169" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Facility Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46C4CD67" w14:textId="32AD8DE6" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="00590097">
+          <w:p w14:paraId="46C4CD67" w14:textId="32AD8DE6" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0708D478" w14:textId="4F438101" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="0056066B" w:rsidP="00590097">
+          <w:p w14:paraId="0708D478" w14:textId="4F438101" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="0056066B" w:rsidP="00590097">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67A03">
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               </w:rPr>
               <w:t>Permit No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="78CBB038" w14:textId="77777777" w:rsidR="002E415F" w:rsidRDefault="002E415F" w:rsidP="0056066B">
+          <w:p w14:paraId="78CBB038" w14:textId="77777777" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="0056066B">
             <w:pPr>
               <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="26F2B82A" w14:textId="1704B036" w:rsidR="002E415F" w:rsidRPr="009F41A2" w:rsidRDefault="002E415F" w:rsidP="0061108C">
+    <w:p w14:paraId="26F2B82A" w14:textId="3BB16EB4" w:rsidR="002E415F" w:rsidRPr="00D67A03" w:rsidRDefault="002E415F" w:rsidP="0061108C">
       <w:pPr>
         <w:spacing w:before="480"/>
         <w:rPr>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...4 lines deleted...]
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">All correspondence regarding permit, enforcement, and self-monitoring issues (e.g., renewal applications, notice of violations, and </w:t>
       </w:r>
-      <w:r w:rsidR="00423B3F" w:rsidRPr="009F41A2">
-[...1 lines deleted...]
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:r w:rsidR="00423B3F" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>report</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F41A2">
-[...3 lines deleted...]
-        <w:t>s) shall be sent to the signatory authority or the designated signatory if properly authorized. If there is a change in the signatory authority or the designated signatory, MCES must be notified in writing and the appropriate form must be resubmitted.</w:t>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s) shall be sent to the signatory authority or the designated signatory if properly authorized. If there is a change in the signatory authority or the designated signatory, </w:t>
+      </w:r>
+      <w:r w:rsidR="00585047">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>Met</w:t>
+      </w:r>
+      <w:r w:rsidR="00625803">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00625803" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be notified in </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4F63" w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t>writing,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67A03">
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the appropriate form must be resubmitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488FE33F" w14:textId="59FA3A0B" w:rsidR="00BB725F" w:rsidRDefault="00BB725F" w:rsidP="00BB725F"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="5993ECAD" w14:textId="190EC639" w:rsidR="00083AD5" w:rsidRPr="00184517" w:rsidRDefault="00083AD5" w:rsidP="00083AD5">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184517">
+        <w:rPr>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        </w:rPr>
+        <w:t>For reporting via the Industrial Online Reporting System (IORS), the signatory authority and/or the designated signatory must complete the Electronic Signature Agreement (ESA). Once the ESA is approved, the signatory authority and/or the designated signatory shall be the only people with “Responsible Official” accounts (authority to sign and submit) in the IORS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488FE33F" w14:textId="59FA3A0B" w:rsidR="00BB725F" w:rsidRPr="00D67A03" w:rsidRDefault="00BB725F" w:rsidP="00BB725F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BB725F" w:rsidRPr="00D67A03" w:rsidSect="005659A1">
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41B1D7BE" w14:textId="77777777" w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="46C98CCC" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62E21E2A" w14:textId="77777777" w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="3E99BC4A" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="41ADA7AA" w14:textId="5FF268A2" w:rsidR="002F2474" w:rsidRPr="005659A1" w:rsidRDefault="005D4E36" w:rsidP="005659A1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41ADA7AA" w14:textId="569500C7" w:rsidR="002F2474" w:rsidRPr="005659A1" w:rsidRDefault="005D4E36" w:rsidP="005659A1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Sewer Cleaning Waste Hauler</w:t>
     </w:r>
-    <w:r w:rsidR="002F2474" w:rsidRPr="009F41A2">
+    <w:r w:rsidR="002F2474" w:rsidRPr="005659A1">
       <w:rPr>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-Permit-Application-</w:t>
     </w:r>
-    <w:r w:rsidR="005021BA" w:rsidRPr="009F41A2">
+    <w:r w:rsidR="00DD7D7B">
       <w:rPr>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9/2016</w:t>
+      <w:t>2025</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3E05F29C" w14:textId="77777777" w:rsidR="002F2474" w:rsidRPr="009F41A2" w:rsidRDefault="002F2474">
+  <w:p w14:paraId="3E05F29C" w14:textId="77777777" w:rsidR="002F2474" w:rsidRDefault="002F2474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009F41A2">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00705D2E" w:rsidRPr="009F41A2">
+    <w:r w:rsidR="00705D2E">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00705D2E" w:rsidRPr="009F41A2">
+    <w:r w:rsidR="00705D2E">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidRPr="009F41A2">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="053919F3" w14:textId="77777777" w:rsidR="002F2474" w:rsidRDefault="002F2474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07EF58F0" w14:textId="77777777" w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="0309482B" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DA911C6" w14:textId="77777777" w:rsidR="004F5144" w:rsidRDefault="004F5144" w:rsidP="00812094">
+    <w:p w14:paraId="3DCEFFEE" w14:textId="77777777" w:rsidR="00ED3914" w:rsidRDefault="00ED3914" w:rsidP="00812094">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="021F0B80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8D4BF14"/>
     <w:lvl w:ilvl="0" w:tplc="F85C7E04">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -9468,63 +10830,63 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46BE2E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BE38EF32"/>
-    <w:lvl w:ilvl="0" w:tplc="D9121CC0">
+    <w:tmpl w:val="A960365C"/>
+    <w:lvl w:ilvl="0" w:tplc="D0C82486">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -9748,77 +11110,76 @@
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DC72FBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D082AF64"/>
-    <w:lvl w:ilvl="0" w:tplc="FF84FFBA">
+    <w:tmpl w:val="73B6775C"/>
+    <w:lvl w:ilvl="0" w:tplc="64E29E6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E98C3E1E">
+    <w:lvl w:ilvl="1" w:tplc="7B4ECE08">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
-        <w:color w:val="7F7F7F"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
@@ -10203,313 +11564,472 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5112" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1946881397">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1980718565">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="210114481">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="590626872">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1310742411">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1607033344">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1419207122">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1794402484">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="285428332">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1871256613">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="572467593">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1513837168">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1268394543">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1310667026">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="251622566">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="534924894">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="864906876">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1401178152">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1355424797">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2087651003">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="823163502">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1034501738">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="432"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E4ABD"/>
     <w:rsid w:val="00004DDB"/>
+    <w:rsid w:val="00017945"/>
+    <w:rsid w:val="00027BCA"/>
     <w:rsid w:val="00031DCB"/>
+    <w:rsid w:val="000327F9"/>
+    <w:rsid w:val="00062C1E"/>
+    <w:rsid w:val="00082020"/>
+    <w:rsid w:val="00083AD5"/>
+    <w:rsid w:val="000A5FBC"/>
     <w:rsid w:val="000B48BA"/>
+    <w:rsid w:val="000B4E67"/>
+    <w:rsid w:val="000E4B13"/>
+    <w:rsid w:val="000F1E77"/>
+    <w:rsid w:val="001109BB"/>
+    <w:rsid w:val="00112F22"/>
     <w:rsid w:val="00113405"/>
+    <w:rsid w:val="00125E55"/>
     <w:rsid w:val="001317EB"/>
+    <w:rsid w:val="0015092D"/>
+    <w:rsid w:val="00156604"/>
+    <w:rsid w:val="00171302"/>
+    <w:rsid w:val="00173017"/>
+    <w:rsid w:val="00184517"/>
     <w:rsid w:val="001A5551"/>
     <w:rsid w:val="001B33F5"/>
+    <w:rsid w:val="001C0073"/>
     <w:rsid w:val="001C126F"/>
     <w:rsid w:val="001C1FD3"/>
+    <w:rsid w:val="001C3747"/>
     <w:rsid w:val="001C582E"/>
+    <w:rsid w:val="001C7F1C"/>
     <w:rsid w:val="00200549"/>
+    <w:rsid w:val="0022491C"/>
+    <w:rsid w:val="002329AD"/>
+    <w:rsid w:val="00255434"/>
+    <w:rsid w:val="002672D8"/>
     <w:rsid w:val="00297453"/>
+    <w:rsid w:val="00297D24"/>
     <w:rsid w:val="002E178B"/>
     <w:rsid w:val="002E415F"/>
     <w:rsid w:val="002F2474"/>
     <w:rsid w:val="00302E07"/>
     <w:rsid w:val="00303A00"/>
+    <w:rsid w:val="00307AF5"/>
+    <w:rsid w:val="00321210"/>
     <w:rsid w:val="00321C33"/>
     <w:rsid w:val="00330F00"/>
     <w:rsid w:val="0033470F"/>
+    <w:rsid w:val="0034488D"/>
     <w:rsid w:val="003513B3"/>
     <w:rsid w:val="003564C2"/>
+    <w:rsid w:val="0036003F"/>
+    <w:rsid w:val="00363579"/>
     <w:rsid w:val="00364C5A"/>
+    <w:rsid w:val="003669F2"/>
     <w:rsid w:val="00374280"/>
     <w:rsid w:val="00380DB0"/>
     <w:rsid w:val="00383D93"/>
     <w:rsid w:val="003B7FF6"/>
+    <w:rsid w:val="003D4F63"/>
     <w:rsid w:val="003F6A20"/>
     <w:rsid w:val="00423B3F"/>
+    <w:rsid w:val="00436370"/>
     <w:rsid w:val="00453561"/>
+    <w:rsid w:val="00462439"/>
     <w:rsid w:val="004913FE"/>
+    <w:rsid w:val="004A407A"/>
     <w:rsid w:val="004A5F82"/>
+    <w:rsid w:val="004B1455"/>
     <w:rsid w:val="004C1C3A"/>
     <w:rsid w:val="004C6BDD"/>
+    <w:rsid w:val="004D46D5"/>
     <w:rsid w:val="004F1655"/>
     <w:rsid w:val="004F5144"/>
     <w:rsid w:val="005021BA"/>
     <w:rsid w:val="00502F2F"/>
+    <w:rsid w:val="00505B9C"/>
     <w:rsid w:val="00515FE7"/>
     <w:rsid w:val="005217D3"/>
+    <w:rsid w:val="00540B06"/>
+    <w:rsid w:val="00547463"/>
     <w:rsid w:val="0056066B"/>
     <w:rsid w:val="005659A1"/>
-    <w:rsid w:val="00574EF3"/>
+    <w:rsid w:val="005705CB"/>
+    <w:rsid w:val="005721FC"/>
+    <w:rsid w:val="005755CE"/>
+    <w:rsid w:val="00576C1B"/>
+    <w:rsid w:val="00585047"/>
+    <w:rsid w:val="005C5A1F"/>
     <w:rsid w:val="005C73F4"/>
     <w:rsid w:val="005D4E36"/>
     <w:rsid w:val="005E4764"/>
+    <w:rsid w:val="005F5284"/>
+    <w:rsid w:val="006006E4"/>
     <w:rsid w:val="0061108C"/>
+    <w:rsid w:val="00625803"/>
+    <w:rsid w:val="00637A32"/>
+    <w:rsid w:val="006454E3"/>
+    <w:rsid w:val="00650C20"/>
+    <w:rsid w:val="00657C52"/>
+    <w:rsid w:val="0066452E"/>
     <w:rsid w:val="006716ED"/>
+    <w:rsid w:val="00672423"/>
     <w:rsid w:val="006727CC"/>
     <w:rsid w:val="00684D20"/>
     <w:rsid w:val="00690BCA"/>
     <w:rsid w:val="0069450D"/>
     <w:rsid w:val="0069549F"/>
+    <w:rsid w:val="006A7008"/>
+    <w:rsid w:val="006C227E"/>
     <w:rsid w:val="006E4009"/>
     <w:rsid w:val="006E4ABD"/>
     <w:rsid w:val="006F5E92"/>
+    <w:rsid w:val="00700C8B"/>
     <w:rsid w:val="00705D2E"/>
+    <w:rsid w:val="00713A2F"/>
     <w:rsid w:val="00723188"/>
+    <w:rsid w:val="00731111"/>
+    <w:rsid w:val="00753FD8"/>
+    <w:rsid w:val="007628D5"/>
     <w:rsid w:val="00762929"/>
+    <w:rsid w:val="00780E01"/>
     <w:rsid w:val="00782F6E"/>
     <w:rsid w:val="00794B31"/>
+    <w:rsid w:val="007959C0"/>
+    <w:rsid w:val="007A46D2"/>
+    <w:rsid w:val="007A54C2"/>
     <w:rsid w:val="007D02F2"/>
     <w:rsid w:val="007D5C38"/>
     <w:rsid w:val="007E199C"/>
+    <w:rsid w:val="007E6B09"/>
     <w:rsid w:val="007F49A6"/>
     <w:rsid w:val="00812094"/>
     <w:rsid w:val="00824393"/>
+    <w:rsid w:val="0083407E"/>
+    <w:rsid w:val="0085606E"/>
     <w:rsid w:val="00874AA1"/>
+    <w:rsid w:val="0088378D"/>
     <w:rsid w:val="00887F25"/>
+    <w:rsid w:val="00887F82"/>
+    <w:rsid w:val="008A7499"/>
     <w:rsid w:val="008B1CF1"/>
+    <w:rsid w:val="008B2222"/>
     <w:rsid w:val="008B51CB"/>
+    <w:rsid w:val="008C0891"/>
     <w:rsid w:val="008D3240"/>
     <w:rsid w:val="008D407C"/>
+    <w:rsid w:val="00900665"/>
     <w:rsid w:val="00900ECA"/>
+    <w:rsid w:val="00901BEF"/>
     <w:rsid w:val="009064E8"/>
+    <w:rsid w:val="009111C2"/>
     <w:rsid w:val="009246C7"/>
+    <w:rsid w:val="009447DA"/>
+    <w:rsid w:val="009455D7"/>
+    <w:rsid w:val="00953963"/>
     <w:rsid w:val="00956585"/>
+    <w:rsid w:val="00971FCF"/>
+    <w:rsid w:val="00985C92"/>
     <w:rsid w:val="0099455F"/>
+    <w:rsid w:val="009B1D20"/>
     <w:rsid w:val="009E6036"/>
     <w:rsid w:val="009F01BA"/>
-    <w:rsid w:val="009F41A2"/>
+    <w:rsid w:val="00A009A9"/>
     <w:rsid w:val="00A062ED"/>
     <w:rsid w:val="00A0631F"/>
+    <w:rsid w:val="00A1238F"/>
     <w:rsid w:val="00A13644"/>
+    <w:rsid w:val="00A1513C"/>
+    <w:rsid w:val="00A15F4B"/>
     <w:rsid w:val="00A24C59"/>
+    <w:rsid w:val="00A35462"/>
+    <w:rsid w:val="00A36BBB"/>
+    <w:rsid w:val="00A40D48"/>
     <w:rsid w:val="00A5216D"/>
     <w:rsid w:val="00A60D4D"/>
     <w:rsid w:val="00A61EB2"/>
     <w:rsid w:val="00A8171D"/>
+    <w:rsid w:val="00A82160"/>
     <w:rsid w:val="00A90396"/>
+    <w:rsid w:val="00AA002D"/>
     <w:rsid w:val="00AA58BF"/>
+    <w:rsid w:val="00AA6E38"/>
     <w:rsid w:val="00AC3365"/>
     <w:rsid w:val="00AC7E9A"/>
     <w:rsid w:val="00AD4A7E"/>
+    <w:rsid w:val="00AD610D"/>
     <w:rsid w:val="00AE4CD6"/>
+    <w:rsid w:val="00AF15B9"/>
     <w:rsid w:val="00AF7255"/>
     <w:rsid w:val="00B06C97"/>
+    <w:rsid w:val="00B2379E"/>
+    <w:rsid w:val="00B35D3B"/>
+    <w:rsid w:val="00B37A44"/>
     <w:rsid w:val="00B519AB"/>
+    <w:rsid w:val="00B51C5E"/>
+    <w:rsid w:val="00B5379E"/>
     <w:rsid w:val="00B56F7A"/>
+    <w:rsid w:val="00B6197F"/>
+    <w:rsid w:val="00B656F2"/>
+    <w:rsid w:val="00B6611C"/>
     <w:rsid w:val="00B80BF2"/>
+    <w:rsid w:val="00B82B9A"/>
+    <w:rsid w:val="00B9219A"/>
     <w:rsid w:val="00B95907"/>
     <w:rsid w:val="00BA2917"/>
     <w:rsid w:val="00BB725F"/>
     <w:rsid w:val="00BC3665"/>
+    <w:rsid w:val="00BC4CD2"/>
+    <w:rsid w:val="00BE3827"/>
+    <w:rsid w:val="00C049E7"/>
+    <w:rsid w:val="00C13643"/>
+    <w:rsid w:val="00C201FF"/>
     <w:rsid w:val="00C222D8"/>
     <w:rsid w:val="00C46D15"/>
     <w:rsid w:val="00C567AA"/>
+    <w:rsid w:val="00C60E17"/>
+    <w:rsid w:val="00C61665"/>
+    <w:rsid w:val="00C73C6F"/>
     <w:rsid w:val="00C80350"/>
+    <w:rsid w:val="00C81012"/>
     <w:rsid w:val="00C903FA"/>
     <w:rsid w:val="00C97B42"/>
     <w:rsid w:val="00CA72DC"/>
+    <w:rsid w:val="00CA7330"/>
     <w:rsid w:val="00CB24E2"/>
+    <w:rsid w:val="00CC282A"/>
     <w:rsid w:val="00CC51CF"/>
     <w:rsid w:val="00CD6310"/>
     <w:rsid w:val="00CF0A59"/>
+    <w:rsid w:val="00CF3F2E"/>
+    <w:rsid w:val="00D0449D"/>
     <w:rsid w:val="00D21A8D"/>
     <w:rsid w:val="00D22912"/>
+    <w:rsid w:val="00D25956"/>
     <w:rsid w:val="00D27A4E"/>
+    <w:rsid w:val="00D334D9"/>
     <w:rsid w:val="00D47A4F"/>
+    <w:rsid w:val="00D6194D"/>
     <w:rsid w:val="00D64467"/>
+    <w:rsid w:val="00D679CE"/>
+    <w:rsid w:val="00D67A03"/>
     <w:rsid w:val="00D67BC5"/>
+    <w:rsid w:val="00D90407"/>
+    <w:rsid w:val="00D90C12"/>
     <w:rsid w:val="00D933F4"/>
     <w:rsid w:val="00DC69B7"/>
+    <w:rsid w:val="00DD7D7B"/>
     <w:rsid w:val="00DE203D"/>
+    <w:rsid w:val="00DE3D30"/>
     <w:rsid w:val="00DF60FB"/>
+    <w:rsid w:val="00DF7A15"/>
     <w:rsid w:val="00E10ECF"/>
     <w:rsid w:val="00E11C37"/>
+    <w:rsid w:val="00E36B21"/>
+    <w:rsid w:val="00E40F08"/>
+    <w:rsid w:val="00E469DC"/>
     <w:rsid w:val="00E511E2"/>
+    <w:rsid w:val="00E5578F"/>
+    <w:rsid w:val="00E65657"/>
+    <w:rsid w:val="00E77386"/>
     <w:rsid w:val="00E81187"/>
+    <w:rsid w:val="00E84EC9"/>
+    <w:rsid w:val="00E92141"/>
     <w:rsid w:val="00EA40F5"/>
+    <w:rsid w:val="00EA51C9"/>
+    <w:rsid w:val="00EA751D"/>
+    <w:rsid w:val="00EB47FC"/>
     <w:rsid w:val="00ED2E40"/>
+    <w:rsid w:val="00ED2FED"/>
+    <w:rsid w:val="00ED3914"/>
     <w:rsid w:val="00ED7DC8"/>
+    <w:rsid w:val="00EF5369"/>
+    <w:rsid w:val="00EF55F4"/>
+    <w:rsid w:val="00F1612B"/>
+    <w:rsid w:val="00F25ADF"/>
+    <w:rsid w:val="00F4204D"/>
+    <w:rsid w:val="00F473AB"/>
+    <w:rsid w:val="00F51BAC"/>
+    <w:rsid w:val="00F57CF6"/>
+    <w:rsid w:val="00F6198B"/>
+    <w:rsid w:val="00F73CCD"/>
+    <w:rsid w:val="00F8744D"/>
     <w:rsid w:val="00F93F42"/>
     <w:rsid w:val="00FA3CFD"/>
+    <w:rsid w:val="00FB5BF3"/>
     <w:rsid w:val="00FB6304"/>
+    <w:rsid w:val="00FC573A"/>
     <w:rsid w:val="00FF10E0"/>
+    <w:rsid w:val="3B37D5FD"/>
+    <w:rsid w:val="439E584B"/>
+    <w:rsid w:val="45672E16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08CC6483"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A91D555A-E6EA-4373-A774-769B5F6B6486}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11338,61 +12858,143 @@
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00B80BF2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00302E07"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00321210"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B51C5E"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B51C5E"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B51C5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B51C5E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B51C5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A407A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwpp@metc.state.mn.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11650,88 +13252,604 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" xsi:nil="true"/>
+    <Year xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xsi:nil="true"/>
+    <PermitType xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xsi:nil="true"/>
+    <UpgradeAction xmlns="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xsi:nil="true"/>
+    <TopicArea xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="62120a19-a38a-4c78-8e86-03b65bdcf4fa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_dlc_DocId xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">Y25ARKAS7VEQ-887797402-4113</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <Url>https://metcmn.sharepoint.com/sites/IWPPTeam/_layouts/15/DocIdRedir.aspx?ID=Y25ARKAS7VEQ-887797402-4113</Url>
+      <Description>Y25ARKAS7VEQ-887797402-4113</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DE9114A9D0DECB469CD3434F7556ACE4" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54434a20e9bf9c2cb90672f3a4735ba5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4433a5dd-39bc-449d-9bdb-d12a6a13611b" xmlns:ns3="62120a19-a38a-4c78-8e86-03b65bdcf4fa" xmlns:ns4="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="096d12e1c3cc22389227c8c8c4f8d42e" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <xsd:import namespace="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
+    <xsd:import namespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:UpgradeAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:PermitType" minOccurs="0"/>
+                <xsd:element ref="ns3:Year" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:TopicArea" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns4:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns4:_dlc_DocIdPersistId" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4433a5dd-39bc-449d-9bdb-d12a6a13611b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="UpgradeAction" ma:index="8" nillable="true" ma:displayName="UpgradeAction" ma:default="" ma:format="Dropdown" ma:internalName="UpgradeAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Primary MetNet site"/>
+          <xsd:enumeration value="Team Site"/>
+          <xsd:enumeration value="Archive"/>
+          <xsd:enumeration value="Dispose"/>
+          <xsd:enumeration value="Alternate MetNet Site"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="62120a19-a38a-4c78-8e86-03b65bdcf4fa" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PermitType" ma:index="14" nillable="true" ma:displayName="Permit Type" ma:format="Dropdown" ma:internalName="PermitType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Special Discharges"/>
+          <xsd:enumeration value="Liquid Waste Haulers (LWH)"/>
+          <xsd:enumeration value="Microbreweries"/>
+          <xsd:enumeration value="Water Treatment Plants"/>
+          <xsd:enumeration value="Hospitals"/>
+          <xsd:enumeration value="Sewer Cleaning Haulers"/>
+          <xsd:enumeration value="Zero Discharge CIUs"/>
+          <xsd:enumeration value="Dental Clinics"/>
+          <xsd:enumeration value="Special approvals"/>
+          <xsd:enumeration value="IWPP INFO Links"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Year" ma:index="15" nillable="true" ma:displayName="Updated" ma:format="Dropdown" ma:internalName="Year">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="4"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TopicArea" ma:index="23" nillable="true" ma:displayName="Topic Area" ma:format="Dropdown" ma:indexed="true" ma:internalName="TopicArea">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="-"/>
+          <xsd:enumeration value="Compliance"/>
+          <xsd:enumeration value="Field Monitoring Sampling"/>
+          <xsd:enumeration value="Inspection"/>
+          <xsd:enumeration value="Inquiry Spill Incident"/>
+          <xsd:enumeration value="Permit"/>
+          <xsd:enumeration value="Site Facility"/>
+          <xsd:enumeration value="SMR"/>
+          <xsd:enumeration value="Waste"/>
+          <xsd:enumeration value="Rates and Fees"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{88db3388-4c14-47cd-8e5a-9eb2de6408d3}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="27" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="28" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="29" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7f0ffc36-a9af-4332-beee-56f6503c83c2" ContentTypeId="0x0101" PreviousValue="false"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BDB410-EC25-42B3-92F5-1B1EFFDCBDEE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42C3CDB4-EA78-45AA-9ADC-BFD1A8D7BF92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F74F475C-EF48-475B-8765-C85B06B2CEAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1311148B-812C-48E0-901F-41B7536FA9D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67E5D8E4-E764-4E4D-86D6-5D6729339240}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4433a5dd-39bc-449d-9bdb-d12a6a13611b"/>
+    <ds:schemaRef ds:uri="62120a19-a38a-4c78-8e86-03b65bdcf4fa"/>
+    <ds:schemaRef ds:uri="671c5c8a-d1dd-40a7-bcfd-3ed591bedb5d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E67277A3-9897-4523-B032-BB620570BECE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1589</Words>
-  <Characters>9062</Characters>
+  <Words>1698</Words>
+  <Characters>9679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MCES Industrial Discharge General Permit Application for Sewer Cleaning Waste Haulers</vt:lpstr>
+      <vt:lpstr>MCES Industrial Discharge General Permit Application for Sewer Cleaning Waste Hauler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Metropolitan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10630</CharactersWithSpaces>
+  <CharactersWithSpaces>11355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>7995471</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:iwpp@metc.state.mn.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MCES Industrial Discharge General Permit Application for Sewer Cleaning Waste Haulers</dc:title>
+  <dc:title>MCES Industrial Discharge General Permit Application for Sewer Cleaning Waste Hauler</dc:title>
   <dc:subject>IWPP Form</dc:subject>
-  <dc:creator>lundelmm</dc:creator>
+  <dc:creator/>
   <cp:keywords>MCES, IWPP, Vactor</cp:keywords>
-  <dc:description>IWPP Application Form for Vactors - 9/2016 version from Crystal Reports</dc:description>
+  <dc:description>2025-Removed MCES and text box and updated CSA language. IWPP Application Form for Vactors - 9/2016 version from Crystal Reports</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Application form</cp:category>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DE9114A9D0DECB469CD3434F7556ACE4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>831b286b-e53d-4aca-bf06-2dfca9660ea6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>